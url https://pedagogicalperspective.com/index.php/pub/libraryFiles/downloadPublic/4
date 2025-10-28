--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -12,506 +12,166 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4AC3508D" w14:textId="236013E2" w:rsidR="004F62E6" w:rsidRDefault="004F62E6">
-      <w:r>
+    <w:p w14:paraId="4AC3508D" w14:textId="72D1CE64" w:rsidR="004F62E6" w:rsidRDefault="005C3494">
+      <w:r w:rsidRPr="005C3494">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AAE71E6" wp14:editId="47CFE8C7">
-[...2 lines deleted...]
-            <wp:docPr id="1463559062" name="Resim 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60C869EE" wp14:editId="6E3C8F66">
+            <wp:extent cx="5760720" cy="299085"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+            <wp:docPr id="511970198" name="Resim 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5760720" cy="247650"/>
+                      <a:ext cx="5760720" cy="299085"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D601819" w14:textId="051770D6" w:rsidR="004F62E6" w:rsidRPr="00C659B3" w:rsidRDefault="00330958" w:rsidP="004F62E6">
+    <w:p w14:paraId="1D601819" w14:textId="051770D6" w:rsidR="004F62E6" w:rsidRPr="00C659B3" w:rsidRDefault="00330958" w:rsidP="008A2FC2">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="KonuBal"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
-        <w:rPr>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Please write here the title of the manuscript (Flush Left, 20 pts, Aptos Display</w:t>
+      </w:r>
+      <w:r w:rsidR="00C659B3">
+        <w:t xml:space="preserve"> Bold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
-        <w:rPr>
-[...319 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>, choose “Title” style)</w:t>
       </w:r>
       <w:r w:rsidR="00532C29" w:rsidRPr="00C659B3">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Serif"/>
-[...4 lines deleted...]
-          <w:szCs w:val="40"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0E182B" w14:textId="57381A7D" w:rsidR="009E6CA2" w:rsidRPr="008F4A33" w:rsidRDefault="004F62E6" w:rsidP="004F62E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00532C29">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>uthor Name Surname</w:t>
       </w:r>
       <w:r w:rsidR="00532C29">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00532C29" w:rsidRPr="00CD45C6">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:w w:val="99"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49DCAE26" wp14:editId="6F3676AB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49DCAE26" wp14:editId="4BC5FE97">
             <wp:extent cx="152400" cy="152400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Resim 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Resim 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -552,51 +212,51 @@
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00532C29">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>uthor Name Surname</w:t>
       </w:r>
       <w:r w:rsidR="00532C29">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00532C29" w:rsidRPr="00CD45C6">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:w w:val="99"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72977171" wp14:editId="617F6444">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72977171" wp14:editId="4038529C">
             <wp:extent cx="152400" cy="152400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="303913951" name="Resim 303913951"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Resim 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -608,90 +268,88 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="152400" cy="152400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00C659B3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00532C29">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00532C29" w:rsidRPr="008F4A33">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="00532C29">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
         <w:t>uthor Name Surname</w:t>
       </w:r>
       <w:r w:rsidR="00532C29">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00532C29" w:rsidRPr="00CD45C6">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:w w:val="99"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="318FF964" wp14:editId="018835AA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="318FF964" wp14:editId="3CEBE18A">
             <wp:extent cx="152400" cy="152400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1406769253" name="Resim 1406769253"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Resim 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -820,63751 +478,3289 @@
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9054"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F4A33" w:rsidRPr="008F4A33" w14:paraId="04B23675" w14:textId="77777777" w:rsidTr="008F4A33">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EBE9F3"/>
           </w:tcPr>
           <w:p w14:paraId="6125DD93" w14:textId="77D40EB1" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="009E6CA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F4A33">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abstract</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4A33" w:rsidRPr="008F4A33" w14:paraId="5BF1A125" w14:textId="77777777" w:rsidTr="008F4A33">
         <w:trPr>
           <w:trHeight w:val="929"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EBE9F3"/>
           </w:tcPr>
           <w:p w14:paraId="67B31320" w14:textId="42631F65" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="009E6CA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F4A33">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>The</w:t>
+              <w:t>The font used in the entire manuscript should be A</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008F4A33">
+            <w:r w:rsidR="00532C29">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">ptos </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F4A33">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>font</w:t>
+              <w:t>Light, font size 10. The abstract should be 200-250 words in length.  State the problem in the field. Then explain the purpose of the study. Specify the research design, sample and research instrument, and data analysis briefly. Highlight the significant, interesting, or surprising results. Draw implications of the results for practice what we have learned to draw implications for future research.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008F4A33">
+            <w:r w:rsidR="00532C29">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008F4A33">
+            <w:r w:rsidR="00532C29" w:rsidRPr="008F4A33">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>used</w:t>
+              <w:t>The font used in the entire manuscript should be A</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008F4A33">
+            <w:r w:rsidR="00532C29">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in </w:t>
+              <w:t xml:space="preserve">ptos </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008F4A33">
+            <w:r w:rsidR="00532C29" w:rsidRPr="008F4A33">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>the</w:t>
-[...2276 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Light, font size 10. The abstract should be 200-250 words in length.  State the problem in the field. Then explain the purpose of the study. Specify the research design, sample and research instrument, and data analysis briefly. Highlight the significant, interesting, or surprising results. Draw implications of the results for practice what we have learned to draw implications for future research.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4A33" w:rsidRPr="008F4A33" w14:paraId="3975AE3E" w14:textId="77777777" w:rsidTr="008F4A33">
         <w:trPr>
           <w:trHeight w:val="249"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EBE9F3"/>
           </w:tcPr>
           <w:p w14:paraId="69B0A9F9" w14:textId="24CE299D" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="00913409">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold"/>
                 <w:iCs/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F4A33">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Keywords</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Keywords: </w:t>
             </w:r>
             <w:r w:rsidRPr="009E6CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:iCs/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3-5 keywords not included in the manuscript title.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E1F19E3" w14:textId="06A7F918" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00532C29">
       <w:pPr>
         <w:pStyle w:val="Balk11"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>Introduction</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Introduction (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
-        <w:t xml:space="preserve"> (</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>Flush Left, A</w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29" w:rsidRPr="00C659B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>ptos SemiBold</w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Flush </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>, Title Case Heading, Font size 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29" w:rsidRPr="00C659B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Left</w:t>
-[...102 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>) – Level 1 Heading</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2A30ED76" w14:textId="6196DB58" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The Introduction and Background section may include the conceptual/theoretical framework of the study, the discussion of the relevant literature</w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:t>, and the research purpose,</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> including the problem statement or research questions. The discussion of the relevant literature should consistently </w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:t>analyze the relevant literature, emphasize the gaps and inconsistencies in the literature,</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:t>Introduction</w:t>
-[...473 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> and discuss actions toward solving these problems. The Introduction and Background section must not include any subheading.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32129319" w14:textId="708B594C" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The font used in the entire manuscript should be A</w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>ptos (Gövde)</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">, font size 11. Page margins for </w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>the bottom and top should be pre-set as 2,5 cm, and for the right and left, they</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>font</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> should be pre-set as 2 cm. </w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>The text</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> should be justified with no hyphenation breaks in words at the end of a line. </w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>The text</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>used</w:t>
-[...844 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> should be typed as a single-column document. Paragraphs and headings should not be indented but aligned with the main text. In between the paragraphs single line spacing should only be used. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA1E7A6" w14:textId="527C9D68" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Article</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Article titles should be boldfaced and flush left in </w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D" w:rsidRPr="008F4A33">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>ptos (Gövde)</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, font size 16. Please use capitals </w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>titles</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>in initial letters only, excluding the conjunction words, articles</w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> and prepositions. The main headings (Introduction and Background, Method, Findings, and Discussion and </w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conclusion) should be written in </w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D" w:rsidRPr="008F4A33">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ptos (Gövde) </w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>font size 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00532C29">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>, boldfaced capital letters,</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>should</w:t>
-[...1043 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> and flush left. The subheadings should be written in bold but only the initials in capital letters, excluding conjunction words, articles and prepositions. The subheadings must be in a standardised form not including any type of hierarchical order. So, the headings in the manuscripts should not be numbered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17407C50" w14:textId="05C37711" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">The authors must try to avoid using footnotes or end notes unless their use is essential. Instead, APA 7 referencing system should be used. If the authors feel that they should use footnotes, they must prefer </w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D" w:rsidRPr="008F4A33">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>ptos (Gövde)</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...473 lines deleted...]
-        <w:t xml:space="preserve"> size 8. </w:t>
+        <w:t xml:space="preserve">, font size 8. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FEDB499" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Emphasis</w:t>
-[...174 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Emphasis should be expressed using quotation marks (“”) or italics. Please do not use boldfaced characters in text.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D361983" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Lists</w:t>
-[...398 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Lists in text should be horizontal and not vertical. The list should use Roman numerals [(i), (ii), and so on], not Arabic (1, 2). For example, a manuscript may include the sections of (i) introduction and background, (ii) method, (iii) findings, and (iv) discussion and conclusion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7D9ED1" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Direct </w:t>
-[...195 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Direct quotes should be 1 cm left-indented from the main text and typed in Amasis MT Pro, font size 9. They should not be written in italics. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314284E1" w14:textId="151D6D24" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">The main document to be used for </w:t>
+      </w:r>
+      <w:r w:rsidR="0053698D">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>peer review may include the title, abstract, keywords, main body, references, figures and tables,</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> main </w:t>
-[...425 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> and supplementary materials. The names of all authors and their institutions should not be included in the main document.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF0741E" w14:textId="595A8D16" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
         <w:t>Flush left, (A</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
-        <w:t xml:space="preserve">ptos </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ptos SemiBold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t>), title case heading</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> size 13</w:t>
+        <w:t>, fon size 13</w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t xml:space="preserve"> – Level 2 heading</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A38E92" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Text</w:t>
-[...944 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA1518D" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Text</w:t>
-[...664 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C27840" w14:textId="43ACA7DB" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00C659B3">
       <w:pPr>
         <w:pStyle w:val="Balk31"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
-        <w:t xml:space="preserve">Flush </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Flush left, (A</w:t>
+      </w:r>
+      <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
+        <w:t>ptos SemiBold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>left</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Italic), title case heading</w:t>
+      </w:r>
+      <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
+        <w:t xml:space="preserve">, font size 12 </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>, (</w:t>
-[...67 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>– Level 3 heading</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0D8BE3A1" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Text</w:t>
-[...944 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA849B1" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Text</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. </w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...657 lines deleted...]
-        <w:t>.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="351FD99A" w14:textId="5BC206B1" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00C659B3">
       <w:pPr>
         <w:pStyle w:val="Balk41"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>Indented</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Indented, (A</w:t>
+      </w:r>
+      <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
+        <w:t>ptos Bold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>, (</w:t>
-[...3 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>, title case heading, ending with a period</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
-        <w:t>ptos</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> size 11</w:t>
+        <w:t>, font size 11</w:t>
       </w:r>
       <w:r w:rsidR="002E16CC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
-        <w:t xml:space="preserve">Level 4 </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Level 4 heading</w:t>
+      </w:r>
       <w:r w:rsidR="002E16CC">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21EBBBAB" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
-        <w:lastRenderedPageBreak/>
-[...860 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8B56FA" w14:textId="4F5D4BDF" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00C659B3">
       <w:pPr>
         <w:pStyle w:val="Balk51"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>Indented</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Indented, (A</w:t>
+      </w:r>
+      <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
+        <w:t>ptos SemiBold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>, (</w:t>
-[...72 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Italic, title case heading, ending with a period</w:t>
+      </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
         <w:t>, font size 11</w:t>
       </w:r>
       <w:r w:rsidR="002E16CC">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
-        <w:t xml:space="preserve">Level 5 </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Level 5 heading</w:t>
+      </w:r>
       <w:r w:rsidR="002E16CC">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B949613" w14:textId="441B89F3" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
-        <w:t>Text</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Text begins on the same line and continues as a regular paragraph. </w:t>
+      </w:r>
+      <w:r w:rsidR="00330958">
+        <w:t>The text</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. </w:t>
+      </w:r>
+      <w:r w:rsidR="00330958">
+        <w:t>The text</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:t>begins</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. </w:t>
+      </w:r>
+      <w:r w:rsidR="00330958">
+        <w:t>The text</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:t xml:space="preserve"> on </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> begins on the same line and continues as a regular paragraph. </w:t>
+      </w:r>
+      <w:r w:rsidR="00330958">
+        <w:t>The text</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:t>the</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. Text begins on the same line and continues as a regular paragraph. </w:t>
+      </w:r>
+      <w:r w:rsidR="00330958">
+        <w:t>The text</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> begins on the same line and continues as a regular paragraph. </w:t>
+      </w:r>
+      <w:r w:rsidR="00330958">
+        <w:t>The text</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:t>same</w:t>
-[...955 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> begins on the same line and continues as a regular paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4E4E69" w14:textId="6502B9EA" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00532C29">
       <w:pPr>
         <w:pStyle w:val="Balk11"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Method</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C659B3">
+        <w:t>Method (A</w:t>
+      </w:r>
+      <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...32 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ptos SemiBold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>, Font size 1</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D23077B" w14:textId="712A36A0" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The Methods section needs to include the research design or the type of the study (cross-sectional, longitudinal, survey, experimental, ethnographic, etc.), the description of the sampling procedure (including the description of the population), or the selection of the study group, data collection instruments and procedures, data analysis, and the issues of validity, reliability</w:t>
+      </w:r>
+      <w:r w:rsidR="00330958">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...677 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> and ethics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E2E4E8" w14:textId="140FD6F5" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
         <w:t>Design (A</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
-        <w:t xml:space="preserve">ptos </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ptos SemiBold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t>, Font size 1</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42746F59" w14:textId="393236F7" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>The Methods section needs to include the research design or the type of the study (cross-sectional, longitudinal, survey, experimental, ethnographic, etc.), the description of the sampling procedure (including the description of the population), or the selection of the study group, data collection instruments and procedures, data analysis, and the issues of validity, reliability</w:t>
+      </w:r>
+      <w:r w:rsidR="00330958">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...677 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> and ethics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07E085B9" w14:textId="4DF17388" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
         <w:t>Participants and procedure (</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
-        <w:t xml:space="preserve">Aptos </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Aptos SemiBold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t>, Font size 1</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B76BC42" w14:textId="6421C1F4" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Tables</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Tables, figures, pictures, graphics, and similar aspects should be embedded in the text, and not provided as appendices. Please locate tables as editable text and not as images</w:t>
+      </w:r>
+      <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
+        <w:rPr>
+          <w:lang w:eastAsia="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; however, figures might be presented in different forms as images, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">etc. For tables and figures, please use Amasis MT Pro, font size 12 While generating tables, ensure that the indentation under the paragraph tab is as follows: before and after: 0, single spacing. Tables and figures should be left aligned, and the </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>figures</w:t>
-[...930 lines deleted...]
-        <w:t>.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>text wrapping feature should be turned off.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="252116B5" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Tabletitle"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold"/>
         </w:rPr>
-        <w:t>Table</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Table 1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve"> (Font size 10)</w:t>
+        <w:t xml:space="preserve"> Demographic characteristics of the participating middle school students (Font size 10)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3224"/>
         <w:gridCol w:w="2749"/>
         <w:gridCol w:w="1214"/>
         <w:gridCol w:w="1885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="63A2479D" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="63A2479D" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="248"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0170D25C" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="0170D25C" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK3"/>
             <w:bookmarkStart w:id="2" w:name="OLE_LINK4"/>
-            <w:r w:rsidRPr="00C659B3">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6042B42A" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="6042B42A" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A06978E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="7A06978E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69F12841" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="69F12841" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="04C39CB5" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="04C39CB5" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="191"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63A2317E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="63A2317E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="60519859" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="60519859" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
+            <w:r w:rsidRPr="008A2FC2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Grade Level</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="354E658D" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="354E658D" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B9A962F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="1B9A962F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fifth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14805940" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="14805940" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AECAD5E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="1AECAD5E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="431B3D64" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="431B3D64" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="54"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F5F9003" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="5F5F9003" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7024AF22" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="7024AF22" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sixth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A5FA8B5" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="4A5FA8B5" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>133</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52D7FD3F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="52D7FD3F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>26,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="557B2721" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="557B2721" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="201"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="070F0790" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="070F0790" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66A1D7CE" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="66A1D7CE" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seventh</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69E0F863" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="69E0F863" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76A5E626" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="76A5E626" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="05629512" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="05629512" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="164"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70990968" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="70990968" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
+            <w:r w:rsidRPr="008A2FC2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A0AD49E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="3A0AD49E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C8B725C" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="4C8B725C" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>276</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CAF1FC5" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="1CAF1FC5" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>55,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="3C862A04" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="3C862A04" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31FD9879" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="31FD9879" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68CF37FD" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="68CF37FD" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70A3E389" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="70A3E389" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>218</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A5CFDEC" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="5A5CFDEC" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>44,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="0225779B" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="0225779B" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="222"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0206A8C9" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="0206A8C9" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
+            <w:r w:rsidRPr="008A2FC2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mother’s Educational Background</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5485C584" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="5485C584" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Uneducated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AF73006" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="2AF73006" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67FA2334" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="67FA2334" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="10764AA1" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="10764AA1" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="84"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726A367E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="726A367E" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FB98106" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="6FB98106" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A97C0AF" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="3A97C0AF" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AC7DD00" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="6AC7DD00" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>34,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="5AD0901B" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="5AD0901B" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="88"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2519BF42" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="2519BF42" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67CB065D" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="67CB065D" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Middle school</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72C0113F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="72C0113F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>177</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D629A91" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="4D629A91" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>35,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="380AE13C" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="380AE13C" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="116"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E353713" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="0E353713" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A8E9085" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="2A8E9085" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Secondary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A4B1622" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="3A4B1622" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D9CEBB1" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="6D9CEBB1" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="6D27F280" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="6D27F280" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="96"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="146F7F0F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="146F7F0F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="146A2823" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="146A2823" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Graduate or post-graduate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47927758" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="47927758" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58F94063" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="58F94063" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="40740792" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="40740792" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="96"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="308EFEDA" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="308EFEDA" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
+            <w:r w:rsidRPr="008A2FC2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Father’s Educational Background</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78D3CFD4" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="78D3CFD4" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Uneducated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70D8E1A9" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="70D8E1A9" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B561518" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="4B561518" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="2177435D" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="2177435D" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="96"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E533B50" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="3E533B50" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A174CA6" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="1A174CA6" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Primary </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AE434F4" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="0AE434F4" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FD03467" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="6FD03467" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>22,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="3A6EEF07" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="3A6EEF07" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="96"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="776008A5" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="776008A5" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A38952F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="3A38952F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Middle school</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27BFEDA3" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="27BFEDA3" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>158</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="090C5D96" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="090C5D96" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="4DAD0497" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="4DAD0497" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="96"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CD4A779" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="4CD4A779" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1529B52F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="1529B52F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Secondary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C1898F3" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="7C1898F3" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>166</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56B08A0D" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="56B08A0D" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>33,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C659B3" w:rsidRPr="00C659B3" w14:paraId="22B212E6" w14:textId="77777777" w:rsidTr="00330958">
+      <w:tr w:rsidR="00C659B3" w:rsidRPr="008A2FC2" w14:paraId="22B212E6" w14:textId="77777777" w:rsidTr="008A2FC2">
         <w:trPr>
           <w:trHeight w:val="96"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1777" w:type="pct"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0195F5F7" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="0195F5F7" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7109C7CA" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="7109C7CA" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Graduate or post-graduate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F428008" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="1F428008" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1039" w:type="pct"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55366448" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
+          <w:p w14:paraId="55366448" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008A2FC2" w:rsidRDefault="008F4A33" w:rsidP="007F52B9">
             <w:pPr>
               <w:pStyle w:val="Tableparagraph"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C659B3">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="008A2FC2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="1"/>
         <w:bookmarkEnd w:id="2"/>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="248BB4E2" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Tablenote"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Table</w:t>
-[...20 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Table note:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EA705D7" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Table</w:t>
-[...328 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Table and figure numbers should be typed in Amasis MT Pro, Demographic Characteristics of the Participating Middle School Students”, only the initials in capital letters, excluding conjunction words, articles, and prepositions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0897C461" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc474419606"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C429CDE" wp14:editId="4288AF37">
             <wp:extent cx="4844716" cy="1981200"/>
-            <wp:effectExtent l="0" t="0" r="0" b="12700"/>
+            <wp:effectExtent l="0" t="0" r="0" b="19050"/>
             <wp:docPr id="4" name="Diyagram 4"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                 <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId9" r:lo="rId10" r:qs="rId11" r:cs="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4155645A" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Figuretitle"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold"/>
         </w:rPr>
-        <w:t>Figure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Figure 1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> (Font size 10)</w:t>
+        <w:t>Characteristics of the creative individual (Font size 10)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F7A37F" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Figuretablesource"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Figure</w:t>
-[...34 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Figure/table source:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E47E799" w14:textId="786B2203" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
         <w:t>Measures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378CB5B8" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...678 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Methods section needs to include the research design or the type of the study (cross-sectional, longitudinal, survey, experimental, ethnographic, etc.), the description of the sampling procedure (including the description of the population), or the selection of the study group, data collection instruments and procedures, data analysis, and the issues of validity, reliability, and ethics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C242538" w14:textId="0FEC1633" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
         <w:t xml:space="preserve">Data analysis </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B492DD" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">The Methods section needs to include the research design or the type of the study (cross-sectional, longitudinal, survey, experimental, ethnographic, etc.), the description of the sampling procedure (including the description of the population), or the selection of the study group, data collection instruments and procedures, data analysis, and the issues of validity, reliability, and </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...671 lines deleted...]
-        <w:t>.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>ethics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0772E0A3" w14:textId="369D5B3E" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
-        <w:lastRenderedPageBreak/>
         <w:t>Validity, reliability, and ethical considerations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D20711B" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="0053698D">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...678 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Methods section needs to include the research design or the type of the study (cross-sectional, longitudinal, survey, experimental, ethnographic, etc.), the description of the sampling procedure (including the description of the population), or the selection of the study group, data collection instruments and procedures, data analysis, and the issues of validity, reliability, and ethics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A009DE" w14:textId="275391D4" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00532C29">
       <w:pPr>
         <w:pStyle w:val="Balk11"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>Findings</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
-        <w:t>Aptos</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Aptos SemiBold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>, Font size 1</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A757DF" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>The</w:t>
-[...427 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Findings section should introduce the results of the research in the forms of texts, tables, and figures, and the interpretation of these results. The last section of the main text should draw conclusions from the previous section, discuss them with the relevant literature, and propose suggestions for policy, practice, and future research. The Findings section must not include any subheadings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE2F820" w14:textId="1A68DE32" w:rsidR="008F4A33" w:rsidRPr="002E16CC" w:rsidRDefault="008F4A33" w:rsidP="002E16CC">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="002E16CC">
         <w:t>Subheading I (</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="002E16CC">
-        <w:t xml:space="preserve">Aptos </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Aptos SemiBold</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E16CC">
         <w:t>, Font size 1</w:t>
       </w:r>
       <w:r w:rsidR="00330958" w:rsidRPr="002E16CC">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="002E16CC">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A55D5F7" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...748 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Findings section should introduce the results of the research in the forms of texts, tables, and figures, and the interpretation of these results. The last section of the main text should draw conclusions from the previous section, discuss them with the relevant literature, and propose suggestions for policy, practice, and future research. The Findings section must not include any subheadings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29FE45C4" w14:textId="3E9E9556" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="002E16CC">
       <w:pPr>
         <w:pStyle w:val="Balk31"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
         <w:t>Subheading II (</w:t>
       </w:r>
       <w:r w:rsidR="002E16CC" w:rsidRPr="002E16CC">
-        <w:t xml:space="preserve">Aptos </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Aptos SemiBold, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t>Font size 1</w:t>
       </w:r>
       <w:r w:rsidR="002E16CC">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC72C4C" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...748 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Findings section should introduce the results of the research in the forms of texts, tables, and figures, and the interpretation of these results. The last section of the main text should draw conclusions from the previous section, discuss them with the relevant literature, and propose suggestions for policy, practice, and future research. The Findings section must not include any subheadings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65FB2D02" w14:textId="77CD224F" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="002E16CC">
       <w:pPr>
         <w:pStyle w:val="Balk41"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
-        <w:t>Subheading</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Subheading III (</w:t>
+      </w:r>
       <w:r w:rsidR="002E16CC">
-        <w:t>Aptos</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Aptos Bold</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:t>, Font size 11)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FFA97EA" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...734 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Findings section should introduce the results of the research in the forms of texts, tables, and figures, and the interpretation of these results. The last section of the main text should draw conclusions from the previous section, discuss them with the relevant literature, and propose suggestions for policy, practice, and future research. The Findings section may include subheadings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA2E550" w14:textId="0DDE47B5" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00532C29">
       <w:pPr>
         <w:pStyle w:val="Balk11"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>Discussion</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Discussion </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33443143" w14:textId="23719D8F" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...748 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">The Findings section should introduce the results of the research in the forms of texts, tables, and figures, and the interpretation of these results. The last section of the main text should draw conclusions from the previous section, compare and contrast them with the relevant literature, and discuss the implications of the research results in consideration with policy, practice, and future research. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A22B347" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">The Findings section should introduce the results of the research in the forms of texts, tables, and figures, and the interpretation of these results. The last section of the main text should draw </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...719 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>future</w:t>
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>conclusions from the previous section, compare, and contrast them with the relevant literature, and discuss the implications of the research results in consideration with policy, practice, and future research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00447FC4" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...748 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>The Findings section should introduce the results of the research in the forms of texts, tables, and figures, and the interpretation of these results. The last section of the main text should draw conclusions from the previous section, compare, and contrast them with the relevant literature, and discuss the implications of the research results in consideration with policy, practice, and future research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE634EE" w14:textId="77F8A78B" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk166445493"/>
       <w:r w:rsidRPr="00C659B3">
         <w:t xml:space="preserve">Limitations and </w:t>
       </w:r>
       <w:r w:rsidR="0053698D" w:rsidRPr="00C659B3">
         <w:t>future directions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4089672E" w14:textId="4EB82835" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724813F8" w14:textId="5767AAB1" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00532C29">
+    <w:p w14:paraId="3A75AD9E" w14:textId="77777777" w:rsidR="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
       <w:pPr>
-        <w:pStyle w:val="Balk11"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="tr-TR"/>
+        <w:pStyle w:val="Balk21"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C659B3">
-[...17 lines deleted...]
-          <w:lang w:eastAsia="tr-TR"/>
+    </w:p>
+    <w:p w14:paraId="125265EA" w14:textId="75F45BE1" w:rsidR="000D3BAA" w:rsidRPr="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
+      <w:pPr>
+        <w:pStyle w:val="Balk21"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Statement of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>researchers</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5232FD24" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
+    <w:p w14:paraId="27BC663A" w14:textId="01E3D2D4" w:rsidR="000D3BAA" w:rsidRPr="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="tr-TR"/>
+        <w:pStyle w:val="Balk21"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...297 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Researchers’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:rPr>
+          <w:rFonts w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>contribution rate statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09262539" w14:textId="7FE00843" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="0053698D" w:rsidP="00330958">
+    <w:p w14:paraId="03F06B6A" w14:textId="74959A1E" w:rsidR="000D3BAA" w:rsidRPr="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:t>All authors contributed equally to the design, writing, and revision of this study. Each author approved the final version of the manuscript and agrees to be accountable for all aspects of the work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D05E0C5" w14:textId="443887FD" w:rsidR="000D3BAA" w:rsidRPr="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C659B3">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> contribution rate statement:</w:t>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:t xml:space="preserve">Conflict of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:t>interest statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176EB8B4" w14:textId="3EFCB721" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
+    <w:p w14:paraId="7E7065CF" w14:textId="53523FF1" w:rsidR="000D3BAA" w:rsidRPr="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:t>The authors declare that there are no financial, commercial, or personal conflicts of interest related to this study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205A6BB7" w14:textId="53E14E83" w:rsidR="000D3BAA" w:rsidRPr="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C659B3">
-        <w:t>Conflict statement</w:t>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:t xml:space="preserve">Artificial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:t>intelligence usage and conflict of interest statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB07F53" w14:textId="5EAA8E9A" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
+    <w:p w14:paraId="33837B36" w14:textId="77777777" w:rsidR="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
+      <w:pPr>
+        <w:pStyle w:val="Paragraph"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D3BAA">
+        <w:t>In this study, GPT-4 (OpenAI, version XX) was employed only for language correction, writing support, and formatting. The prompts and query timestamps (e.g., “2025-05-10 14:32 UTC”) have been documented and provided as a supplementary file. However, all data collection, analysis, and interpretation were conducted and validated entirely by the author(s). Any AI-generated content was reviewed for scientific accuracy, ethical compliance, and source reliability by the author(s), who assume full responsibility. No financial, commercial, or personal conflicts of interest are associated with this work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB07F53" w14:textId="67F4C055" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="000D3BAA">
       <w:pPr>
         <w:pStyle w:val="Balk21"/>
       </w:pPr>
       <w:r w:rsidRPr="00C659B3">
         <w:t>Support and thanks</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="471153E4" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00532C29">
       <w:pPr>
         <w:pStyle w:val="Balk11"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C659B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="tr-TR"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7ECC2944" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
+    <w:p w14:paraId="7ECC2944" w14:textId="2C6FDE49" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="References"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
-        <w:rPr>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>McCauley, S. M., &amp; Christiansen, M. H. (2019). Language learning as language use: A cross-linguistic model of child language development. </w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...118 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Psychological</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Psychological Review, 126</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t>(1), 1-51. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="008F4A33">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:t>http://doi.org/10.1037/rev0000126</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="008A2FC2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="795814EE" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
+    <w:p w14:paraId="795814EE" w14:textId="5AAF71C8" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="References"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F4A33">
-        <w:rPr>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Chambers, D. W., &amp; Turnbull, D. (1989). Science worlds: An integrated approach to social studies of science teaching. </w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...146 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Social</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Social Studies of Science, 19</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F4A33">
-        <w:rPr>
-[...45 lines deleted...]
-        </w:rPr>
         <w:t>(1), 155–179. </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="008F4A33">
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:t>http://www.jstor.org/stable/285047</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="008A2FC2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4327D8C9" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00841C74" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB46744" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="0053698D" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...37977 lines deleted...]
-    <w:p w14:paraId="4CBA1226" w14:textId="77777777" w:rsidR="004F62E6" w:rsidRPr="004F62E6" w:rsidRDefault="004F62E6" w:rsidP="004F62E6"/>
     <w:p w14:paraId="3CBDEE6D" w14:textId="77777777" w:rsidR="004F62E6" w:rsidRPr="004F62E6" w:rsidRDefault="004F62E6" w:rsidP="004F62E6"/>
     <w:sectPr w:rsidR="004F62E6" w:rsidRPr="004F62E6" w:rsidSect="009D238A">
-      <w:headerReference w:type="even" r:id="rId57"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId61"/>
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="003CF39F" w14:textId="77777777" w:rsidR="00AB560C" w:rsidRDefault="00AB560C" w:rsidP="004F62E6">
+    <w:p w14:paraId="36D343C2" w14:textId="77777777" w:rsidR="007E63C8" w:rsidRDefault="007E63C8" w:rsidP="004F62E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DA722DA" w14:textId="77777777" w:rsidR="00AB560C" w:rsidRDefault="00AB560C" w:rsidP="004F62E6">
+    <w:p w14:paraId="34BAC033" w14:textId="77777777" w:rsidR="007E63C8" w:rsidRDefault="007E63C8" w:rsidP="004F62E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos SemiBold">
-    <w:panose1 w:val="020B0004020202020204"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (CS Gövde)">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Amasis MT Pro">
-    <w:panose1 w:val="02040504050005020304"/>
-    <w:charset w:val="00"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Amasis MT Pro Light">
-    <w:panose1 w:val="02040304050005020304"/>
-    <w:charset w:val="00"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A11526FF" w:usb1="C000ECFB" w:usb2="00010000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Narrow">
-    <w:panose1 w:val="020B0004020202020204"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Light">
-    <w:panose1 w:val="020B0004020202020204"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1647239665"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="578D5B92" w14:textId="1D431209" w:rsidR="009D238A" w:rsidRPr="009D238A" w:rsidRDefault="009D238A">
         <w:pPr>
           <w:pStyle w:val="AltBilgi"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="009D238A">
@@ -64592,153 +3788,451 @@
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="009D238A">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6165A038" w14:textId="77777777" w:rsidR="0053698D" w:rsidRDefault="0053698D">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A084B2B" w14:textId="00A77D16" w:rsidR="00532C29" w:rsidRPr="0053698D" w:rsidRDefault="00532C29">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0053698D">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
       <w:t xml:space="preserve">1 </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="0053698D">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Footnote</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
-  <w:p w14:paraId="3AA31E04" w14:textId="78268D51" w:rsidR="00532C29" w:rsidRPr="0053698D" w:rsidRDefault="00532C29">
+  <w:p w14:paraId="4AE47E65" w14:textId="5A756CDD" w:rsidR="008A2FC2" w:rsidRPr="000B7353" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0053698D">
+    <w:r w:rsidRPr="000B7353">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">* </w:t>
+      <w:t>*</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="0053698D">
+    <w:r w:rsidRPr="000B7353">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Corresponding</w:t>
+      <w:t>Corresponding Author</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="0053698D">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
         <w:color w:val="000000" w:themeColor="text1"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Author E-mail</w:t>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00907DBF">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TabloKlavuzu"/>
-      <w:tblW w:w="9209" w:type="dxa"/>
+      <w:tblW w:w="9279" w:type="dxa"/>
+      <w:tblInd w:w="-70" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
+      <w:gridCol w:w="70"/>
       <w:gridCol w:w="2263"/>
-      <w:gridCol w:w="6946"/>
+      <w:gridCol w:w="757"/>
+      <w:gridCol w:w="3021"/>
+      <w:gridCol w:w="3021"/>
+      <w:gridCol w:w="147"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004F62E6" w14:paraId="219619A1" w14:textId="77777777" w:rsidTr="00CC57D4">
+    <w:tr w:rsidR="008A2FC2" w14:paraId="1A31587B" w14:textId="77777777" w:rsidTr="008A17C2">
       <w:trPr>
+        <w:gridAfter w:val="1"/>
+        <w:wAfter w:w="147" w:type="dxa"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3090" w:type="dxa"/>
+          <w:gridSpan w:val="3"/>
+        </w:tcPr>
+        <w:p w14:paraId="3AD1C886" w14:textId="77777777" w:rsidR="008A2FC2" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Received </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>18</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>10</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>.202</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>4</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3021" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="1D06A2BC" w14:textId="77777777" w:rsidR="008A2FC2" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>R</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">evised  </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>20</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>02</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>.202</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>5</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3021" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="229DC8E9" w14:textId="77777777" w:rsidR="008A2FC2" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Accepted </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>17</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>.0</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>3</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C10B13">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>.202</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>5</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="008A2FC2" w14:paraId="6918E426" w14:textId="77777777" w:rsidTr="008A17C2">
+      <w:trPr>
+        <w:gridAfter w:val="1"/>
+        <w:wAfter w:w="147" w:type="dxa"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3090" w:type="dxa"/>
+          <w:gridSpan w:val="3"/>
+        </w:tcPr>
+        <w:p w14:paraId="721C253F" w14:textId="77777777" w:rsidR="008A2FC2" w:rsidRPr="00C10B13" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3021" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3CCDD56D" w14:textId="77777777" w:rsidR="008A2FC2" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3021" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3F819409" w14:textId="77777777" w:rsidR="008A2FC2" w:rsidRPr="00C10B13" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
+          <w:pPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="008A2FC2" w14:paraId="1E60ABD9" w14:textId="77777777" w:rsidTr="008A17C2">
+      <w:trPr>
+        <w:gridBefore w:val="1"/>
+        <w:wBefore w:w="70" w:type="dxa"/>
         <w:trHeight w:val="656"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2263" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="72676A17" w14:textId="77777777" w:rsidR="004F62E6" w:rsidRDefault="004F62E6" w:rsidP="00CC57D4">
+        <w:p w14:paraId="7AF57F8F" w14:textId="77777777" w:rsidR="008A2FC2" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
           <w:pPr>
             <w:pStyle w:val="AltBilgi"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1661FC60" wp14:editId="481B9BE8">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DAD7833" wp14:editId="02E92A9A">
                 <wp:extent cx="1285875" cy="412608"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                 <wp:docPr id="685551213" name="Resim 1" descr="yazı tipi, grafik, grafik tasarım, metin içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="245469383" name="Resim 1" descr="yazı tipi, grafik, grafik tasarım, metin içeren bir resim&#10;&#10;Açıklama otomatik olarak oluşturuldu"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -64747,2128 +4241,144 @@
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1299991" cy="417137"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6946" w:type="dxa"/>
+          <w:gridSpan w:val="4"/>
         </w:tcPr>
-        <w:p w14:paraId="045DE7E6" w14:textId="77777777" w:rsidR="004F62E6" w:rsidRPr="00CC57D4" w:rsidRDefault="004F62E6" w:rsidP="004F62E6">
+        <w:p w14:paraId="372B9785" w14:textId="6A65B248" w:rsidR="008A2FC2" w:rsidRPr="00CC57D4" w:rsidRDefault="008A2FC2" w:rsidP="008A2FC2">
           <w:pPr>
             <w:pStyle w:val="AltBilgi"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00CE1B75">
+          <w:r w:rsidRPr="00CC57D4">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t xml:space="preserve">© </w:t>
+            <w:t xml:space="preserve">© The Author(s) 2022. Open Access This article is licensed under a Creative Commons Attribution 4.0 International License, which permits use, sharing, adaptation, distribution, and reproduction in any medium or format, as long as you give appropriate credit to the original author(s) and the source, provide a link to the Creative Commons licence, and indicate if changes were made. The images or other third-party material in this article are included in the article’s Creative Commons license unless indicated otherwise in a credit line to the material. </w:t>
           </w:r>
-          <w:proofErr w:type="spellStart"/>
-          <w:r w:rsidRPr="00CE1B75">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t>The</w:t>
+            <w:t>Suppose material is not included in the article’s Creative Commons licence and your intended use is not permitted by statutory regulation or exceeds the permitted use. In that case,</w:t>
           </w:r>
-          <w:proofErr w:type="spellEnd"/>
-          <w:r w:rsidRPr="00CE1B75">
+          <w:r w:rsidRPr="00CC57D4">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
-              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
-            <w:t xml:space="preserve"> Author(s) 2022. Open Access </w:t>
-[...1979 lines deleted...]
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve"> you will need to obtain permission directly from the copyright holder. To view a copy of this licence, visit </w:t>
           </w:r>
           <w:hyperlink r:id="rId2" w:history="1">
             <w:r w:rsidRPr="00CC57D4">
               <w:rPr>
                 <w:rStyle w:val="Kpr"/>
                 <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>http://creativecommons.org/licenses/by/4.0/</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidRPr="00CC57D4">
             <w:rPr>
               <w:rFonts w:ascii="Aptos Light" w:hAnsi="Aptos Light"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
             <w:t xml:space="preserve">. </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="6A055243" w14:textId="77777777" w:rsidR="004F62E6" w:rsidRDefault="004F62E6">
     <w:pPr>
       <w:pStyle w:val="AltBilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C79F5EE" w14:textId="77777777" w:rsidR="00AB560C" w:rsidRDefault="00AB560C" w:rsidP="004F62E6">
+    <w:p w14:paraId="4547D40E" w14:textId="77777777" w:rsidR="007E63C8" w:rsidRDefault="007E63C8" w:rsidP="004F62E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="220674B9" w14:textId="77777777" w:rsidR="00AB560C" w:rsidRDefault="00AB560C" w:rsidP="004F62E6">
+    <w:p w14:paraId="41372AFA" w14:textId="77777777" w:rsidR="007E63C8" w:rsidRDefault="007E63C8" w:rsidP="004F62E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="370507112"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4AE40E94" w14:textId="13E25F81" w:rsidR="009D238A" w:rsidRPr="00C659B3" w:rsidRDefault="009D238A">
         <w:pPr>
           <w:pStyle w:val="stBilgi"/>
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
@@ -66882,135 +4392,85 @@
         </w:r>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
             <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
-          <w:t>Pedagogical</w:t>
-[...23 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve">Pedagogical Perspective </w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1BB36382" w14:textId="77777777" w:rsidR="009D238A" w:rsidRDefault="009D238A" w:rsidP="009D238A">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F896453" w14:textId="2779C1B0" w:rsidR="00C659B3" w:rsidRPr="00C659B3" w:rsidRDefault="00C659B3" w:rsidP="00C659B3">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00C659B3">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-      <w:t>Pedagogical</w:t>
-[...23 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Pedagogical Perspective </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         </w:rPr>
         <w:id w:val="-549999149"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -67023,242 +4483,256 @@
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00C659B3">
           <w:rPr>
             <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="1301381C" w14:textId="6F9A5A5C" w:rsidR="009D238A" w:rsidRDefault="009D238A" w:rsidP="009D238A">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1734EBBE" w14:textId="5131B9ED" w:rsidR="004F62E6" w:rsidRPr="00C659B3" w:rsidRDefault="00913409" w:rsidP="00532C29">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1734EBBE" w14:textId="360AD5C6" w:rsidR="004F62E6" w:rsidRPr="00C659B3" w:rsidRDefault="00913409" w:rsidP="00532C29">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C659B3">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">2025, </w:t>
+      <w:t>202</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="008A2FC2">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
     <w:r w:rsidRPr="00C659B3">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Vol</w:t>
+      <w:t xml:space="preserve">, Vol </w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="008A2FC2">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
     <w:r w:rsidRPr="00C659B3">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 4, No 1, 430-443                                                                                                       </w:t>
+      <w:t xml:space="preserve">, No 1, 430-443                                                                                                       </w:t>
     </w:r>
     <w:r w:rsidR="0053698D" w:rsidRPr="00C659B3">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00C659B3" w:rsidRPr="00C659B3">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                    </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00C659B3">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
-      <w:t>Pedagogical</w:t>
-[...23 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Pedagogical Perspective </w:t>
     </w:r>
     <w:r w:rsidRPr="00C659B3">
       <w:rPr>
         <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>https://doi.org/10.29329/pedper.2024.94</w:t>
+      <w:t>https://doi.org/10.29329/pedper.202</w:t>
+    </w:r>
+    <w:r w:rsidR="008A2FC2">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00C659B3">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos Narrow" w:hAnsi="Aptos Narrow"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.94</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="37DFC441" w14:textId="77777777" w:rsidR="00532C29" w:rsidRPr="00532C29" w:rsidRDefault="00532C29" w:rsidP="00532C29">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="148"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F62E6"/>
+    <w:rsid w:val="000D3BAA"/>
     <w:rsid w:val="00232721"/>
     <w:rsid w:val="002E16CC"/>
     <w:rsid w:val="00304AD0"/>
     <w:rsid w:val="00330958"/>
     <w:rsid w:val="004B0CA0"/>
     <w:rsid w:val="004F62E6"/>
     <w:rsid w:val="00532C29"/>
     <w:rsid w:val="0053698D"/>
+    <w:rsid w:val="005C3494"/>
+    <w:rsid w:val="007E63C8"/>
     <w:rsid w:val="008123EA"/>
+    <w:rsid w:val="00882939"/>
+    <w:rsid w:val="008A2FC2"/>
     <w:rsid w:val="008F4A33"/>
     <w:rsid w:val="00913409"/>
     <w:rsid w:val="009D238A"/>
     <w:rsid w:val="009E6CA2"/>
     <w:rsid w:val="00AB560C"/>
+    <w:rsid w:val="00AD68A2"/>
     <w:rsid w:val="00C659B3"/>
     <w:rsid w:val="00CC57D4"/>
     <w:rsid w:val="00CE1B75"/>
     <w:rsid w:val="00DF57F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="74DC8C76"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B3C95C9F-387F-4FE1-AF9C-9B411219F6FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -67816,51 +5290,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004F62E6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
     <w:name w:val="Başlık 1 Char"/>
@@ -67966,71 +5439,70 @@
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk9Char">
     <w:name w:val="Başlık 9 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="004F62E6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KonuBal">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="KonuBalChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00C659B3"/>
+    <w:rsid w:val="008A2FC2"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
     <w:name w:val="Konu Başlığı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="KonuBal"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00C659B3"/>
+    <w:rsid w:val="008A2FC2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Altyaz">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AltyazChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="004F62E6"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -68472,61 +5944,60 @@
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="tr-TR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figuretablesource">
     <w:name w:val="Figure/table source"/>
     <w:basedOn w:val="Figuretitle"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="008F4A33"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Amasis MT Pro Light" w:hAnsi="Amasis MT Pro Light"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
     <w:name w:val="References"/>
     <w:basedOn w:val="Normal"/>
-    <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="008F4A33"/>
+    <w:rsid w:val="008A2FC2"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Amasis MT Pro" w:eastAsia="Times New Roman" w:hAnsi="Amasis MT Pro" w:cs="Arial"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:color w:val="3A3A3A" w:themeColor="background2" w:themeShade="40"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="21"/>
       <w:lang w:eastAsia="tr-TR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DipnotMetni">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DipnotMetniChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00532C29"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar">
@@ -68534,51 +6005,51 @@
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="DipnotMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00532C29"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DipnotBavurusu">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00532C29"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="168914535">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="295794617">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -68621,51 +6092,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1662928798">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3878572" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pc.gov.au/inquiries/completed/australia-new-zealand/report/trans-tasman.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studsterkel.wfmt.com/programs/simone-de-beauvoir-discusses-art-writing" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.31592/aeusbed.621664" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.apple.com/us/app/epocrates/id281935788" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demographics.coopercenter.org/Racial-Dot-Map" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/p/BqpHpjFBs3b/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/flu/about/disease/high_risk.htm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://owl.purdue.edu/owl/research_and_citation/apa_style/apa_formatting_and_style_guide/in_text_citations_author_authors.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1037/rev0000126" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asa.confex.com/asa/2017/webprogramarchives/Session9517.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://a.co/0IAiVgt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nyti.ms/2Hlgjk3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vimeo.com/244405542" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.americanrhetoric.com/speeches/mlkihaveadream.htm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/apaeducation/status/1012810490530140161" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apastyle.org/learn/faqs/references-in-parentheses" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1016/j.midw.2013.07.007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1037/rev0000126" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1159/000271225" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlanticcouncil.org/wp-content/uploads/2019/06/Democratic_Defense_Against_Disinformation_2.0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalarchive.wm.edu/bitstream/handle/10288/16594/HutchesonVirginia2012.pdf?sequence=1&amp;isAllowed=y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ted.com/talks/sir_ken_robinson_do_schools_kill_creativity/up-next" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalgeographic.com/magazine/article/national-geographic-magazine-50-years-of-covers" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.reddit.com/r/IAmA/comments/9fagqy/im_nasa_astronaut_scott_tingle_ask_me_anything/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://owl.purdue.edu/owl/research_and_citation/apa_style/apa_formatting_and_style_guide/reference_list_books.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalnursesunited.org/what-employers-should-do-to-protect-rns-from-zika" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/285047" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1037/0000119-012" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wwwmeta-analysis.com/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.npr.org/series/42302056/hidden-brain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/neilgaiman/photos/a.306989681015/10155317233951016/?type=3&amp;theater" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1080/00377996.2021.1871579" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.worldsciencefestival.com/infographics/space-junk-infographic/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://citationonline.net/CitationHelp/csg04-manuscriptsapa.htm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/285047" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1037/0000092-000" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.gov/files/sec-2017-agency-financial-report.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://education.psychiatry.org/Users/ProductDetails.aspx?ActivityID=6172" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edition.cnn.com/2019/01/03/health/respect-toward-elderly-leads-to-long-life-intl/index.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org.10.1037/sgd0000205" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uchilefau.academia.edu/ElseZCanan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.census.gov/popclock/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/285047" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1037/rev0000126" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
@@ -71929,78 +9400,78 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06080287-8694-49D6-854E-62D02B83A272}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>32005</Characters>
+  <Pages>6</Pages>
+  <Words>2555</Words>
+  <Characters>13670</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>266</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>278</Lines>
+  <Paragraphs>144</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37544</CharactersWithSpaces>
+  <CharactersWithSpaces>16081</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Erhan YAYLAK</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>44b0b608-68e1-469e-9f02-9303c0b16268</vt:lpwstr>
   </property>