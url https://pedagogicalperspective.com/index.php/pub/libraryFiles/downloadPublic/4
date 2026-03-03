--- v1 (2025-10-28)
+++ v2 (2026-03-03)
@@ -1,4733 +1,1364 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...10 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4AC3508D" w14:textId="72D1CE64" w:rsidR="004F62E6" w:rsidRDefault="005C3494">
-[...51 lines deleted...]
-        </w:drawing>
+    <w:p w14:paraId="27937025" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="KonuBal"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Journal Article Template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D601819" w14:textId="051770D6" w:rsidR="004F62E6" w:rsidRPr="00C659B3" w:rsidRDefault="00330958" w:rsidP="008A2FC2">
-[...16 lines deleted...]
-        <w:t>1</w:t>
+    <w:p w14:paraId="5E42138E" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Altyaz"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Anonymised Submission Format</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0E182B" w14:textId="57381A7D" w:rsidR="009E6CA2" w:rsidRPr="008F4A33" w:rsidRDefault="004F62E6" w:rsidP="004F62E6">
-[...261 lines deleted...]
-        </w:drawing>
+    <w:p w14:paraId="27F51FCE" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Title of the Article</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A87FB90" w14:textId="41C29145" w:rsidR="009E6CA2" w:rsidRPr="00DF57F3" w:rsidRDefault="00532C29" w:rsidP="009E6CA2">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> City, Country.</w:t>
+    <w:p w14:paraId="01D1E6ED" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Do not include author names or affiliations for anonymised submissions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AB73D8" w14:textId="604BD5BD" w:rsidR="009E6CA2" w:rsidRPr="00DF57F3" w:rsidRDefault="00532C29" w:rsidP="009E6CA2">
-[...29 lines deleted...]
-        <w:t>Department, Faculty, Affiliation, City, Country.</w:t>
+    <w:p w14:paraId="6C94B157" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRPr="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A1FA5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0D569E" w14:textId="77777777" w:rsidR="009E6CA2" w:rsidRPr="009E6CA2" w:rsidRDefault="009E6CA2" w:rsidP="009E6CA2">
-[...232 lines deleted...]
-        <w:t>) – Level 1 Heading</w:t>
+    <w:p w14:paraId="1F644CFF" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRPr="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A1FA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Provide a concise summary of your article (maximum 250 words). The abstract should briefly state the purpose, methods, main findings, and implications of the research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A30ED76" w14:textId="6196DB58" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> and discuss actions toward solving these problems. The Introduction and Background section must not include any subheading.</w:t>
+    <w:p w14:paraId="65EA9CE3" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRPr="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A1FA5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32129319" w14:textId="708B594C" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> should be typed as a single-column document. Paragraphs and headings should not be indented but aligned with the main text. In between the paragraphs single line spacing should only be used. </w:t>
+    <w:p w14:paraId="7491B0E4" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRPr="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A1FA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>List up to five keywords that best describe the content of your article.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA1E7A6" w14:textId="527C9D68" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> and flush left. The subheadings should be written in bold but only the initials in capital letters, excluding conjunction words, articles and prepositions. The subheadings must be in a standardised form not including any type of hierarchical order. So, the headings in the manuscripts should not be numbered.</w:t>
+    <w:p w14:paraId="143C0168" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17407C50" w14:textId="05C37711" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">, font size 8. </w:t>
+    <w:p w14:paraId="5D0EBFE2" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Introduce the topic, outline the research problem, and state the objectives of the study. Avoid mentioning any information that could reveal the authors’ identity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FEDB499" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...10 lines deleted...]
-        <w:t>Emphasis should be expressed using quotation marks (“”) or italics. Please do not use boldfaced characters in text.</w:t>
+    <w:p w14:paraId="19E4176C" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Methods</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D361983" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...10 lines deleted...]
-        <w:t>Lists in text should be horizontal and not vertical. The list should use Roman numerals [(i), (ii), and so on], not Arabic (1, 2). For example, a manuscript may include the sections of (i) introduction and background, (ii) method, (iii) findings, and (iv) discussion and conclusion.</w:t>
+    <w:p w14:paraId="5E63474D" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Describe the methodology used, including data collection and analysis procedures. Ensure that all institutional and personal identifiers are removed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7D9ED1" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Direct quotes should be 1 cm left-indented from the main text and typed in Amasis MT Pro, font size 9. They should not be written in italics. </w:t>
+    <w:p w14:paraId="21B3303D" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Results</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314284E1" w14:textId="151D6D24" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> and supplementary materials. The names of all authors and their institutions should not be included in the main document.</w:t>
+    <w:p w14:paraId="724E50C6" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Present the main findings of your research clearly and objectively. Use tables and figures where appropriate, but do not include any identifying information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF0741E" w14:textId="595A8D16" w:rsidR="008F4A33" w:rsidRPr="00C659B3" w:rsidRDefault="008F4A33" w:rsidP="00330958">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> – Level 2 heading</w:t>
+    <w:p w14:paraId="417DBA1C" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26A38E92" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. Text begins as a new paragraph. </w:t>
+    <w:p w14:paraId="0F599985" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Interpret your results, discuss their significance, and compare them with previous studies. Ensure anonymity throughout this section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA1518D" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...2394 lines deleted...]
-      <w:r w:rsidRPr="00C659B3">
+    <w:p w14:paraId="7B633285" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A75AD9E" w14:textId="77777777" w:rsidR="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
-[...40 lines deleted...]
-        <w:t>researchers</w:t>
+    <w:p w14:paraId="279602CB" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Summarise the key outcomes and implications of your research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BC663A" w14:textId="01E3D2D4" w:rsidR="000D3BAA" w:rsidRPr="000D3BAA" w:rsidRDefault="000D3BAA" w:rsidP="000D3BAA">
-[...100 lines deleted...]
-          <w:lang w:eastAsia="tr-TR"/>
+    <w:p w14:paraId="40F5DD91" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ECC2944" w14:textId="2C6FDE49" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="3341E9E1" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>List all sources cited in the article using the journal’s preferred referencing style. Do not include acknowledgements or any information that could identify the authors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795814EE" w14:textId="5AAF71C8" w:rsidR="008F4A33" w:rsidRPr="008F4A33" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="02B62D4A" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tables and Figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4327D8C9" w14:textId="77777777" w:rsidR="008F4A33" w:rsidRPr="00841C74" w:rsidRDefault="008F4A33" w:rsidP="008F4A33">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="21F42D7A" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Insert tables and figures after they are first mentioned in the text. Ensure all captions are informative but anonymised.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3CBDEE6D" w14:textId="77777777" w:rsidR="004F62E6" w:rsidRPr="004F62E6" w:rsidRDefault="004F62E6" w:rsidP="004F62E6"/>
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+    <w:p w14:paraId="2F8160A3" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:pStyle w:val="Balk2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Additional Notes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11652A5B" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Remove all personal and institutional identifiers from the manuscript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71169011" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Do not include acknowledgements, funding details, or conflicts of interest statements in the anonymised version.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A1C00F" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ensure that file properties and metadata do not contain author information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE74B6C" w14:textId="6190328E" w:rsidR="006924F7" w:rsidRPr="008A1FA5" w:rsidRDefault="006924F7" w:rsidP="008A1FA5"/>
+    <w:sectPr w:rsidR="006924F7" w:rsidRPr="008A1FA5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
-    <w:charset w:val="00"/>
-[...61 lines deleted...]
-    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...885 lines deleted...]
-</w:hdr>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18221156"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="69D2FCC8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29BA785F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5E16F2EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54B14356"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1DC68A38"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62E95632"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F268457E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78150C72"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="34AE51A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="662708245">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="324096042">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1462726116">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1718386363">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="132407743">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="148"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004F62E6"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00DF57F3"/>
+    <w:rsidRoot w:val="008A1FA5"/>
+    <w:rsid w:val="006924F7"/>
+    <w:rsid w:val="0081679F"/>
+    <w:rsid w:val="008A1FA5"/>
+    <w:rsid w:val="00B6015D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="74DC8C76"/>
+  <w14:docId w14:val="7C829AAD"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B3C95C9F-387F-4FE1-AF9C-9B411219F6FF}"/>
+  <w15:docId w15:val="{F6FC8F6E-1381-4E3B-907D-9F525DB90119}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5095,4040 +1726,569 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
     <w:name w:val="Başlık 1 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
     <w:name w:val="Başlık 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
     <w:name w:val="Başlık 3 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
     <w:name w:val="Başlık 4 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk5Char">
     <w:name w:val="Başlık 5 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk6Char">
     <w:name w:val="Başlık 6 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk7Char">
     <w:name w:val="Başlık 7 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk8Char">
     <w:name w:val="Başlık 8 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk9Char">
     <w:name w:val="Başlık 9 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KonuBal">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="KonuBalChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="008A2FC2"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
     <w:name w:val="Konu Başlığı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="KonuBal"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="008A2FC2"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Altyaz">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AltyazChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AltyazChar">
     <w:name w:val="Altyazı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Altyaz"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alnt">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AlntChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AlntChar">
     <w:name w:val="Alıntı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Alnt"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="GlVurgulama">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="GlAlnt">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="GlAlntChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
     <w:name w:val="Güçlü Alıntı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="GlAlnt"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="GlBavuru">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="004F62E6"/>
+    <w:rsid w:val="008A1FA5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stBilgi">
-[...393 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...78 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jstor.org/stable/285047" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.1037/rev0000126" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...2991 lines deleted...]
-</dgm:styleDef>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -9293,65 +2453,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -9372,108 +2532,89 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>13670</Characters>
+  <Pages>2</Pages>
+  <Words>203</Words>
+  <Characters>1523</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>278</Lines>
-  <Paragraphs>144</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16081</CharactersWithSpaces>
+  <CharactersWithSpaces>1705</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Erhan YAYLAK</dc:creator>
+  <dc:creator>Academic Pub.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>