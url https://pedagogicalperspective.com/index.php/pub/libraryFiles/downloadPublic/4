--- v2 (2026-03-03)
+++ v3 (2026-03-27)
@@ -1,1385 +1,20800 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="27937025" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5400"/>
+        <w:gridCol w:w="4238"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="0874DF7B" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="200" w:type="dxa"/>
+              <w:left w:w="260" w:type="dxa"/>
+              <w:bottom w:w="200" w:type="dxa"/>
+              <w:right w:w="260" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07821DE0" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t>Pedagogical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t>Perspective</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="25C0D92B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PedPer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  •  ISSN: 2822-4841  •  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pedagogicalperspective.com</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="200" w:type="dxa"/>
+              <w:left w:w="260" w:type="dxa"/>
+              <w:bottom w:w="200" w:type="dxa"/>
+              <w:right w:w="260" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72580256" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="F0A500"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>MANUSCRIPT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="355E9487" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anonymised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Submission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Format</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="608416B2" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F0A500"/>
+            <w:tcMar>
+              <w:top w:w="8" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="8" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06AE1C66" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="466799DC" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
-        <w:pStyle w:val="KonuBal"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="160"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>Journal Article Template</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E42138E" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="03FFE3E9" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="E8A000"/>
+              <w:left w:val="single" w:sz="16" w:space="0" w:color="E8A000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E8A000"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF8E7"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F8655AE" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="50" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>⚠</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>This</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>document</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>double-blind</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>peer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Do not </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>author</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>names</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>affiliations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ORCID </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IDs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>funding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>details</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>acknowledgements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>could</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>authors</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>institution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F91B600" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="50" w:after="50" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ensure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> file </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>properties</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> metadata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>also</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cleared</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>author</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>submission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="7A4A00"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0AD7272E" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
-        <w:pStyle w:val="Altyaz"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="160"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>Anonymised Submission Format</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F51FCE" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3212"/>
+        <w:gridCol w:w="3212"/>
+        <w:gridCol w:w="3214"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="4D5B446B" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3212" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B06D8C3" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Article</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="50B6B4DD" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[Select </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>article</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>type</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3212" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C455E13" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Manuscript</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ID</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C36C5EF" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assigned</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>editorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>office</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C544328" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:after="40" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Submission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="07A12D80" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dd.mm.yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="415C8A33" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:before="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="6773"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="15"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="0BF40B4C" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="162E8B64" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TITLE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A62C09" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sentence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>case</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • 10–12 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>words</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="52564639" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="5C4DB1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F5F3FC"/>
+            <w:tcMar>
+              <w:top w:w="120" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="120" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C6214AA" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="300" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[Full </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>manuscript</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>sentence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>case</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>abbreviations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 10–12 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>words</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49BF7E1F" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="52D0E62D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:before="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="5581"/>
+        <w:gridCol w:w="2797"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="123CCD76" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="331B34A6" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>STRUCTURED ABSTRACT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BF9827" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">250–300 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>words</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • No </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>citations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="57420062" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41A2F1AC" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Purpose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8538" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="231E2A1B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> problem in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>field</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>purpose</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in 2–3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>sentences</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>gap</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>does</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>study</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>address</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="6F0F8797" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A15A0BF" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Method</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8538" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AC47D80" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>Specify</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>research</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>design</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>quasi-experimental</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>phenomenological</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> size </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>characteristics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>instruments</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>analysis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>approach</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="64475664" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41D1A1DE" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Findings</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8538" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="223B9EC9" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>Highlight</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>most</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>significant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>interesting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>surprising</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>results</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>Include</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>key</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>statistics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>themes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>appropriate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="18528EFD" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1FCA1E36" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Conclusion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8538" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27F5B5F7" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> main </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>implications</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>research</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>What</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>take-home</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>message</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3244339D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:before="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="6774"/>
+        <w:gridCol w:w="2834"/>
+        <w:gridCol w:w="15"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="22258525" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7CCE3F" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>KEYWORDS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38013A47" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3–7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>keywords</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lowercase</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • Not </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="65B90460" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="5C4DB1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="120" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="120" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14719DA2" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>keyword</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1]  •  [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>keyword</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2]  •  [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>keyword</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3]  •  [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>keyword</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4]  •  [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>keyword</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="05E9BD61" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7312F84B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CC4F15" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk1"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="01D1E6ED" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5">
+    <w:p w14:paraId="6E029970" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Do not include author names or affiliations for anonymised submissions.</w:t>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Begin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>broad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>contextualisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>topic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>narrowing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>toward</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> problem. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>opening</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: (1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> general </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>topic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>significance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>summarise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>what</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>found</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>identify</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>gap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>unanswered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>aim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C94B157" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRPr="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="74C56275" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Continue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Cite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>key</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>using</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APA 7 in-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>citations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Author, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Year</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Organise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>thematically</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>chronologically</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>build</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>coherent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>argument</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>leading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535F1D9C" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Discuss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>theoretical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>framework</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>underpins</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Explain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>relevance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how it </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>guides</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>interpretation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FFD44D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> problem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>clearly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Explain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>why</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>what</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>contribution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>makes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>existing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> body of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>knowledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B802D4B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:before="160" w:after="60" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>hypotheses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>:]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F566D3D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>hypothesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A9A994" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>hypothesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44DB8CAD" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="60" w:line="480" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>hypothesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>add</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>remove</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>needed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B090A1" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:before="100"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A94AC7" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:pStyle w:val="Balk1"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="66A68969" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Design</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF2682C" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A1FA5">
-[...6 lines deleted...]
-        <w:t>Abstract</w:t>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>paradigm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>positivist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>interpretivist</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pragmatist) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>quasi-experimental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>phenomenological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>mixed-methods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>sequential</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>explanatory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Cite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>methodological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>framework</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>adopted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Remove</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>institutional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>identifiers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F644CFF" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRPr="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
-[...18 lines deleted...]
-    <w:p w14:paraId="65EA9CE3" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRPr="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="77933074" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Participants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Group</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="64B6D57D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A1FA5">
-[...6 lines deleted...]
-        <w:t>Keywords</w:t>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Describe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>participants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>key</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>characteristics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>age</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>grade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>gender</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>distribution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>eligibility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>criteria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>sampling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>procedure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Anonymise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>city</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>institution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>names</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., "School A in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>metropolitan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>city</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in western Türkiye").]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7491B0E4" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRPr="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
-[...18 lines deleted...]
-    <w:p w14:paraId="143C0168" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="55290648" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Data Collection Instruments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E2EB40" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>Introduction</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Describe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>instrument</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>survey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>interview</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>protocol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>observation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> form, test, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.). Report </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>validity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>evidence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>reliability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>coefficients</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Cronbach’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> α). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Cite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>adapted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>adopted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>instruments</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APA 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>references</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0EBFE2" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
-[...14 lines deleted...]
-    <w:p w14:paraId="19E4176C" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="1967A9BA" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Procedure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="38E7163E" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>Methods</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Describe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>collection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> step </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> step. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>timeline</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>setting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>procedures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Ethical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>approval</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>obtained</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> XXX </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Decision</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No. 20XX/XX, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>dated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DD.MM.YYYY." </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Anonymise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E63474D" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
-[...14 lines deleted...]
-    <w:p w14:paraId="21B3303D" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="144D21EA" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Validity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Reliability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6E1ADC3B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>Results</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>quantitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>report</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>reliability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>coefficients</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Cronbach’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> α, test-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>retest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>construct</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>validity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EFA/CFA), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>measurement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>invariance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>credibility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>member</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>checking</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>prolonged</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>engagement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>transferability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>dependability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>inter-coder</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>reliability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>measures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724E50C6" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
-[...14 lines deleted...]
-    <w:p w14:paraId="417DBA1C" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="177FB58D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Data Analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1964AE47" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>Discussion</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Describe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>analytical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>approach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>sufficient</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>detail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>replication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Report </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>statistical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>tests</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>independent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>samples</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t-test, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>one-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ANOVA, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>thematic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>content</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>), software (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., SPSS 28, MAXQDA 2022, R 4.3), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>significance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>thresholds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., p &lt; .05). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>coding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F599985" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="467E9B48" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
+        <w:spacing w:before="100"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0217E98F" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:pStyle w:val="Balk1"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6A67C29A" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Interpret your results, discuss their significance, and compare them with previous studies. Ensure anonymity throughout this section.</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Introduce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>structure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Present</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>objectively</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Simply</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>inserting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>sufficient</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>comment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Organise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>emergent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>themes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B633285" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="29A17BDF" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Finding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Theme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3319D009" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>Conclusion</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Describe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>theme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Support</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>statistics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>direct</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>quotes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Reference </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>tables</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>figures</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>e.g</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., "as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>shown</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Table</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1"). Report </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>effect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>sizes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>confidence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>intervals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="279602CB" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
-[...14 lines deleted...]
-    <w:p w14:paraId="40F5DD91" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="004EC1B0" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Finding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Theme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68693D4C" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>References</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Continue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>next</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>finding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>theme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Maintain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>parallel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>structure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>across</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>subsections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>subsection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>coherent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>theme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3341E9E1" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
-[...14 lines deleted...]
-    <w:p w14:paraId="02B62D4A" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="28618DF0" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Finding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Theme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418F05AE" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>Tables and Figures</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Add</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>remove</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>finding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>subsections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>needed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Ensure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>finding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>clearly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>linked</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>stated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F42D7A" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="26D9C7B8" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
+        <w:spacing w:before="100"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BCF99B7" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:pStyle w:val="Balk1"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Discussion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3648B9FA" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Insert tables and figures after they are first mentioned in the text. Ensure all captions are informative but anonymised.</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Interpret</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> main </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>relation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>questions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>existing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Connect </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>theoretical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>framework</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>introduced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8160A3" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="1F138403" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>turn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>organise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>thematically</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>finding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: (1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>restate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> main </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>result</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>briefly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>compare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>contrasting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>cite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), (3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>explain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>why</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>differ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>align</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>previous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>discuss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>theoretical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>practical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>implications</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABC38E9" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Evaluate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>critically</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>against</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>recently</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>published</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Discuss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>unexpected</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>potential</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>explanations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Consider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>alternative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>interpretations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E029F9" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Discuss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>broader</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>implications</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>theory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>policy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>practice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>field</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB6FB70" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:before="100"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D8EA8E" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:pStyle w:val="Balk1"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Conclusion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Recommendations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="01AB0E99" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>concise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>synthesis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>study’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> main </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>contributions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>take-home</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>message</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>clearly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Do not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>cite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>references</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>practical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>recommendations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>educators</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>policy-makers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>curriculum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>developers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5BC23A" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Summarise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>key</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>findings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>significance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Explain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>advances</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>knowledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>field</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Offer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>concrete</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>recommendations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>practice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D36D8DA" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
         <w:pStyle w:val="Balk2"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Limitations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Directions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Future</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4C2A135D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Acknowledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>study’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>limitations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>sample</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> size, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>single</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-site </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>setting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>short</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time horizon, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>generalisability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>concerns</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>methodological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>constraints</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>honest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>what</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>limits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>conclusions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>drawn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0535AD68" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Additional Notes</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Propose</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>directions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>future</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>address</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>limitations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>Suggest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>could</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>extended</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>replicated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>built</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>upon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>researchers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="999999"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11652A5B" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="774A215B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>Remove all personal and institutional identifiers from the manuscript.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71169011" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="71EE9133" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="6494"/>
+        <w:gridCol w:w="3113"/>
+        <w:gridCol w:w="16"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="215B9C07" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68453601" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>TABLES &amp; FIGURES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4235B488" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APA 7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>style</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Insert</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>first</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mention</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="4AD03827" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="5C4DB1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="160" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="160" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="527D6B1E" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="100" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Each</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>figure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>should</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cited</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> main </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>placed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>its</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>first</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mention</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tables</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> APA 7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>style</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vertical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, horizontal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lines</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>header</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>bottom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>only</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Figures</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be at 300 DPI minimum. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Remove</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>identifying</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> logos, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>letterheads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>location</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>names</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30834F0B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="20"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="387C171D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="100" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+              </w:rPr>
+              <w:t>Table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>Descriptive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>italic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9238" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblCellMar>
+                <w:left w:w="10" w:type="dxa"/>
+                <w:right w:w="10" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3080"/>
+              <w:gridCol w:w="3079"/>
+              <w:gridCol w:w="3079"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="001B79B4" w14:paraId="7776A2E1" w14:textId="77777777">
+              <w:tblPrEx>
+                <w:tblCellMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                </w:tblCellMar>
+              </w:tblPrEx>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="8" w:space="0" w:color="3B2A7A"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="3B2A7A"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="0B8F7D45" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="3B2A7A"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Variable</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="8" w:space="0" w:color="3B2A7A"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="3B2A7A"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="1AC5695B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="3B2A7A"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Category</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:sz="8" w:space="0" w:color="3B2A7A"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="0" w:color="3B2A7A"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="22677EC2" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="3B2A7A"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>n (%)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001B79B4" w14:paraId="1F2D2BD1" w14:textId="77777777">
+              <w:tblPrEx>
+                <w:tblCellMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                </w:tblCellMar>
+              </w:tblPrEx>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="1D5379BE" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Variable</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> 1]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="267225FF" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Category</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> A]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="0428756B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[XX (XX.X)]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001B79B4" w14:paraId="688D5703" w14:textId="77777777">
+              <w:tblPrEx>
+                <w:tblCellMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                </w:tblCellMar>
+              </w:tblPrEx>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="22F6AF45" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="001B79B4">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="6CAEA256" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Category</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> B]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="0296A6E5" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[XX (XX.X)]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001B79B4" w14:paraId="49B96123" w14:textId="77777777">
+              <w:tblPrEx>
+                <w:tblCellMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                </w:tblCellMar>
+              </w:tblPrEx>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="114FF44C" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Variable</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> 2]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="435BC8CC" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Category</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> A]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="33331500" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[XX (XX.X)]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="001B79B4" w14:paraId="7E0D89A8" w14:textId="77777777">
+              <w:tblPrEx>
+                <w:tblCellMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                </w:tblCellMar>
+              </w:tblPrEx>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3B2A7A"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="67D06822" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="001B79B4">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3B2A7A"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="4137DA2F" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Category</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> B]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3079" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="single" w:sz="8" w:space="0" w:color="3B2A7A"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:tcMar>
+                    <w:top w:w="60" w:type="dxa"/>
+                    <w:left w:w="100" w:type="dxa"/>
+                    <w:bottom w:w="60" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="16BA2441" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+                  <w:pPr>
+                    <w:spacing w:line="276" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:color w:val="999999"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>[XX (XX.X)]</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6866ED23" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="100" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Add</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>table</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>notes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> here </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>needed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Use</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>asterisks</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>significance</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>levels</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: *p &lt; .05, **p &lt; .01, ***p &lt; .001.]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA44256" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B91C949" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="100" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+              </w:rPr>
+              <w:t>Figure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>Descriptive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>figure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E3F2E0" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Insert</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>figure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> here at 300 DPI minimum — JPG, PNG, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TIFF ]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE950DF" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="60" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Figure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1. [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Descriptive</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>caption</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sentence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>case</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Include</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>source</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>adapted</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>another</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="31071266" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>Do not include acknowledgements, funding details, or conflicts of interest statements in the anonymised version.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A1C00F" w14:textId="77777777" w:rsidR="008A1FA5" w:rsidRDefault="008A1FA5" w:rsidP="008A1FA5">
+    <w:p w14:paraId="7759B1E9" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="6773"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="15"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="53BB6187" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="470B3633" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>REFERENCES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="142B146D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APA 7th </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>edition</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Alphabetical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hanging</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>indent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="338A5442" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="5C4DB1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="160" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="160" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56996044" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="100" w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APA 7th </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edition</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alphabetical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>order</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>first</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>author’s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>surname</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • 0.5-inch </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hanging</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>indent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • DOI as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hyperlink</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>where</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>available</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> • Self-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>citations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>anonymised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="888888"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as "[AUTHOR REFERENCE]".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="550F03F1" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="720"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">[AUTHOR REFERENCE]. </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(20XX). [</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Anonymised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> self-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>citation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">]. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Journal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name, XX</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">(X), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>https</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>://</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>doi.org</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>xxxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3C171C54" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="720"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Author, A. A., &amp; Author, B. B. (20XX). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>article</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>sentence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>case</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Journal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name, XX</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">(X), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>page</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>page</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>https</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>://</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>doi.org</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>xxxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5DA68BF2" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="720"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Author, C. C. (20XX). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Book</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>sentence</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>case</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (2nd ed.). Publisher.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59539D0D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="720"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Author, D. D. (20XX). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Chapter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> E. E. Editor (Ed.), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Book</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>pp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">. 00–00). Publisher. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>https</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>://</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>doi.org</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>xxxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="77BCE944" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:left="720" w:hanging="720"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Add</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>references</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> here, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>per</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>line</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, in APA 7 format, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>alphabetically</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sorted</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="999999"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="254DC4F9" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5CCF2C9C" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="200"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>Ensure that file properties and metadata do not contain author information.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE74B6C" w14:textId="6190328E" w:rsidR="006924F7" w:rsidRPr="008A1FA5" w:rsidRDefault="006924F7" w:rsidP="008A1FA5"/>
-    <w:sectPr w:rsidR="006924F7" w:rsidRPr="008A1FA5">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="500"/>
+        <w:gridCol w:w="6300"/>
+        <w:gridCol w:w="2838"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="778B234C" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EF4533" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ANONYMISATION CHECKLIST</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="130" w:type="dxa"/>
+              <w:left w:w="220" w:type="dxa"/>
+              <w:bottom w:w="130" w:type="dxa"/>
+              <w:right w:w="220" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="003E77EB" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Complete </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>submission</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="5156C11D" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD60BE7" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4193775B" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Author </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>names</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>affiliations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>removed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>page</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>all</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sections</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>manuscript</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="1CC70C09" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="083B5453" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="671E9F02" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Self-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>citations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>replaced</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Author (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)” in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>text</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “[AUTHOR REFERENCE]” in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reference </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>list</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="082C30B5" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2575DC" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0727426E" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ethics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>committee</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>anonymised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., “XXX </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ethics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Committee</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” — </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>remain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="26A3EE75" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225552D1" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E56E535" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Institution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>school</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>city</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>region</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>names</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>anonymised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>throughout</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>manuscript</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="43DAE33E" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FFCDED" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="658BEB9D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Funding</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>information</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>acknowledgements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>removed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="49ADDAAE" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4C8901" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7630D024" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">File </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>properties</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> metadata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cleared</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>author</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>names</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>institution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="25B80E07" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAB2ABD" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A937339" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Figures</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>images</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tables</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>contain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>identifying</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> logos, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>letterheads</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>location</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>names</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B79B4" w14:paraId="55BC0572" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FEDE7D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="7C6FC4"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6CAA20DF" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORCID </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IDs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>removed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> main </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>document</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>added</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> on </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>title</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>page</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>only</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>which</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>submitted</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>separately</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2929B89D" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6264"/>
+        <w:gridCol w:w="3374"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B79B4" w14:paraId="735BD02F" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="200" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="200" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="409C1C7A" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pedagogical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Perspective</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PedPer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)  •  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Double-Blind</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Peer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Review</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  •  CC BY 4.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="200" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="200" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FFD4C10" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="C9C0F0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ISSN: 2822-4841</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="244E9B21" w14:textId="77777777" w:rsidR="004B465E" w:rsidRDefault="004B465E"/>
+    <w:sectPr w:rsidR="004B465E">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0BE21926" w14:textId="77777777" w:rsidR="004B465E" w:rsidRDefault="004B465E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="16990CFB" w14:textId="77777777" w:rsidR="004B465E" w:rsidRDefault="004B465E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...18 lines deleted...]
-  </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="042C4CB8" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="4" w:color="D8D1F2"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:before="100"/>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>PedPer</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  •  </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Double-Blind</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Peer </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Review</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  •  CC BY 4.0</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Page</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00E063D2">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3C829C79" w14:textId="77777777" w:rsidR="004B465E" w:rsidRDefault="004B465E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="62C5EA83" w14:textId="77777777" w:rsidR="004B465E" w:rsidRDefault="004B465E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26E27A6C" w14:textId="77777777" w:rsidR="001B79B4" w:rsidRDefault="004B465E">
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="D8D1F2"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Pedagogical</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Perspective</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ISSN: 2822-4841  •  </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Manuscript</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="888888"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Template</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18221156"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="450E6077"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B528B58"/>
+    <w:lvl w:ilvl="0" w:tplc="49D6E740">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:lvl w:ilvl="1" w:tplc="2BE67E78">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="2" w:tplc="4FA61160">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="3" w:tplc="F50A3804">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="4" w:tplc="6F3005D0">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="5" w:tplc="5A70E0FA">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="6" w:tplc="7EF86556">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="7" w:tplc="EFC2A3E6">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="8" w:tplc="282445EA">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="29BA785F"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="45D07628"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41746B46"/>
+    <w:lvl w:ilvl="0" w:tplc="C19CF2B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:lvl w:ilvl="1" w:tplc="DDFEE09C">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="2" w:tplc="70CEFC10">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="3" w:tplc="A0D4695A">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="4" w:tplc="24645B5A">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="5" w:tplc="F084A884">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="6" w:tplc="6854B548">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="7" w:tplc="1456825C">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="8" w:tplc="7694A950">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...8 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="54B14356"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="605E3A5D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="982A287C"/>
+    <w:lvl w:ilvl="0" w:tplc="6C0EC458">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="1EB67530">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2AB61706">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="B566A5EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22DA6122">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="BDBA30B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30B276BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3356E73E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B8E0233C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...298 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="1" w16cid:durableId="1059746634">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="324096042">
+  <w:num w:numId="2" w16cid:durableId="2011985665">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="198"/>
+  <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008A1FA5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B6015D"/>
+    <w:rsidRoot w:val="001B79B4"/>
+    <w:rsid w:val="001B79B4"/>
+    <w:rsid w:val="004B465E"/>
+    <w:rsid w:val="00E063D2"/>
+    <w:rsid w:val="00F209F5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7C829AAD"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{F6FC8F6E-1381-4E3B-907D-9F525DB90119}"/>
+  <w14:docId w14:val="1DF08B72"/>
+  <w15:docId w15:val="{FFD872EE-69FD-2245-9D84-708B322E4EF0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1721,574 +21136,232 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Balk1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="300" w:after="100"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="3B2A7A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Balk2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="200" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5C4DB1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Balk3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="1F4D78"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Balk4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Balk5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Balk6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1FA5"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...67 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:color w:val="1F4D78"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
-[...117 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="KonuBal">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="KonuBalChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1FA5"/>
-[...3 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
-[...4 lines deleted...]
-    <w:rsid w:val="008A1FA5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gl1">
+    <w:name w:val="Güçlü1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...68 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1FA5"/>
-[...3 lines deleted...]
-    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="GlVurgulama">
-[...4 lines deleted...]
-    <w:rsid w:val="008A1FA5"/>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="GlAlnt">
-[...15 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="DipnotBavurusu">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
-[...4 lines deleted...]
-    <w:rsid w:val="008A1FA5"/>
+  <w:style w:type="paragraph" w:styleId="DipnotMetni">
+    <w:name w:val="footnote text"/>
+    <w:link w:val="DipnotMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="GlBavuru">
-[...4 lines deleted...]
-    <w:rsid w:val="008A1FA5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DipnotMetniChar">
+    <w:name w:val="Dipnot Metni Char"/>
+    <w:link w:val="DipnotMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rPr>
-      <w:b/>
-[...3 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2564,57 +21637,53 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1523</Characters>
+  <Pages>8</Pages>
+  <Words>1264</Words>
+  <Characters>7773</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>194</Lines>
+  <Paragraphs>118</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1705</CharactersWithSpaces>
+  <CharactersWithSpaces>8976</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>