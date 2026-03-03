--- v0 (2025-10-03)
+++ v1 (2026-03-03)
@@ -56,50 +56,101 @@
             </w:pPr>
             <w:r w:rsidRPr="00C97018">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Manuscript Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C94B5C" w14:paraId="37AF95C7" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A3CC071" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0020752F" w14:paraId="31CEA97F" w14:textId="77777777" w:rsidTr="0020752F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2AD233" w14:textId="33DF748F" w:rsidR="0020752F" w:rsidRPr="0020752F" w:rsidRDefault="0020752F" w:rsidP="0020752F">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020752F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Special Issue Info: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020752F">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020752F">
+              <w:t xml:space="preserve">If you are submitting your </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020752F">
+              <w:t>manuscript</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020752F">
+              <w:t xml:space="preserve"> for a special issue, please indicate its name</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020752F">
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020752F" w14:paraId="1A6981E6" w14:textId="77777777" w:rsidTr="00C84898">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75ECD9B9" w14:textId="77777777" w:rsidR="0020752F" w:rsidRDefault="0020752F" w:rsidP="00C94B5C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00C94B5C" w14:paraId="54228115" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
           </w:tcPr>
           <w:p w14:paraId="6A4C25C4" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97018">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Authors</w:t>
             </w:r>
@@ -730,50 +781,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C94B5C" w14:paraId="29350C58" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
           </w:tcPr>
           <w:p w14:paraId="091296EF" w14:textId="4E924C5D" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C94B5C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>tables</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C94B5C" w14:paraId="27ED0A8E" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="190D2264" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
@@ -785,51 +837,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84898" w14:paraId="121F4636" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
           </w:tcPr>
           <w:p w14:paraId="028A63B2" w14:textId="64996A20" w:rsidR="00C84898" w:rsidRPr="00C97018" w:rsidRDefault="00C84898" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Author Contribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C94B5C" w14:paraId="418515E1" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AB7EBC8" w14:textId="6C893FF7" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97018">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1418,79 +1469,79 @@
       </w:tr>
       <w:tr w:rsidR="00C94B5C" w14:paraId="3241B847" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="720483D0" w14:textId="234A1253" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97018">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Acknowledgments should be extended to those individuals or institutions whose contributions to the study were limited or minimal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C84898" w14:paraId="4EB0C704" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
           </w:tcPr>
           <w:p w14:paraId="15D95C25" w14:textId="34251CCA" w:rsidR="00C84898" w:rsidRPr="00C97018" w:rsidRDefault="00C84898" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84898">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Declaration of generative AI and AI-assisted technologies in the writing process</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C94B5C" w14:paraId="7021A2EA" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78F1D267" w14:textId="1CD41312" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97018">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1530,117 +1581,117 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="6760AB"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AF6A5C1" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C"/>
     <w:sectPr w:rsidR="00C94B5C">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1017FD53" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+    <w:p w14:paraId="10E6AC8C" w14:textId="77777777" w:rsidR="001566FA" w:rsidRDefault="001566FA" w:rsidP="00C94B5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56FFEB39" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+    <w:p w14:paraId="5B37A2F1" w14:textId="77777777" w:rsidR="001566FA" w:rsidRDefault="001566FA" w:rsidP="00C94B5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29D96758" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+    <w:p w14:paraId="4B6BE6EE" w14:textId="77777777" w:rsidR="001566FA" w:rsidRDefault="001566FA" w:rsidP="00C94B5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F33AA8E" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+    <w:p w14:paraId="2D3CDE76" w14:textId="77777777" w:rsidR="001566FA" w:rsidRDefault="001566FA" w:rsidP="00C94B5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B6386F7" w14:textId="2A0ECAD8" w:rsidR="00C94B5C" w:rsidRPr="00C94B5C" w:rsidRDefault="005606AB" w:rsidP="00C94B5C">
     <w:pPr>
       <w:spacing w:after="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="6760AB"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
         <w:lang w:val="en-US"/>
@@ -1987,95 +2038,98 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="165484169">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1488474292">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="821313983">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C94B5C"/>
+    <w:rsid w:val="001566FA"/>
+    <w:rsid w:val="0020752F"/>
     <w:rsid w:val="003D5D10"/>
     <w:rsid w:val="005606AB"/>
+    <w:rsid w:val="0081679F"/>
     <w:rsid w:val="00C84898"/>
     <w:rsid w:val="00C94B5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="28DB587D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{425DE895-93A9-4A41-839D-208800A40370}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -3387,75 +3441,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>551</Words>
-  <Characters>3174</Characters>
+  <Words>582</Words>
+  <Characters>3354</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3686</CharactersWithSpaces>
+  <CharactersWithSpaces>3883</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Erhan YAYLAK</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>eed04108-17c9-41b1-a1dc-dbe72b020d76</vt:lpwstr>
   </property>