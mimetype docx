--- v1 (2026-03-03)
+++ v2 (2026-03-27)
@@ -1,2161 +1,4504 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TabloKlavuzu"/>
-        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:horzAnchor="margin" w:tblpY="540"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9062"/>
+        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="574E19B3" w14:textId="77777777" w:rsidTr="00C84898">
+      <w:tr w:rsidR="00D54510" w14:paraId="555B993D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="120" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4FADBD90" w14:textId="14E4E609" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="2A5B0FB3" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="40"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C97018">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>Manuscript Title</w:t>
+              <w:t>Pedagogical Perspective</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="027612AF" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+              </w:rPr>
+              <w:t>PedPer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="06B77016" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>eISSN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>: 2822-4841  ·  Open Access  ·  CC BY 4.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="120" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4653AB6D" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>pedagogicalperspective.com</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="12E43E3F" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>editor@pedagogicalperspective.com</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5934B048" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ordu University, Türkiye</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="37AF95C7" w14:textId="77777777" w:rsidTr="00C84898">
+    </w:tbl>
+    <w:p w14:paraId="3612A642" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0480F770" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="3B2A7A"/>
+          <w:sz w:val="52"/>
+        </w:rPr>
+        <w:t>Title Page</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A145C6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Contains full author information and all required declarations. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="3B2A7A"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Not shared with reviewers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Fields marked </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C0392B"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFE9EB6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:spacing w:before="280" w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>01   MANUSCRIPT DETAILS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461B8788" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="1A1A2E"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Full Manuscript Title</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C0392B"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292B36F6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:color w:val="999999"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="fullTitle"/>
+          <w:tag w:val="fullTitle"/>
+          <w:id w:val="-157625216"/>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="008C2BBB">
+            <w:rPr>
+              <w:color w:val="999999"/>
+            </w:rPr>
+            <w:t>Enter the complete title in sentence case (10–12 words)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="79E84AF0" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F8FD5A4" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="1A1A2E"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Running Head</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C0392B"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Abbreviated title, max. 50 characters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C03E98B" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:color w:val="999999"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="runningHead"/>
+          <w:tag w:val="runningHead"/>
+          <w:id w:val="-1641258074"/>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="008C2BBB">
+            <w:rPr>
+              <w:color w:val="999999"/>
+            </w:rPr>
+            <w:t>Short title for page headers (max. 50 chars)</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="2D2341BA" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="04E89909" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A3CC071" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="3C9D5A4E" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Article Type</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B9E4517" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="888888"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="articleType"/>
+                <w:tag w:val="articleType"/>
+                <w:id w:val="730813030"/>
+                <w:dropDownList>
+                  <w:listItem w:displayText="— Select —" w:value=""/>
+                  <w:listItem w:displayText="Original Research Article" w:value="Original Research Article"/>
+                  <w:listItem w:displayText="Systematic Review / Meta-Analysis" w:value="Systematic Review / Meta-Analysis"/>
+                  <w:listItem w:displayText="Theoretical / Conceptual Article" w:value="Theoretical / Conceptual Article"/>
+                  <w:listItem w:displayText="Methodological Study" w:value="Methodological Study"/>
+                  <w:listItem w:displayText="Action Research / Case Study" w:value="Action Research / Case Study"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="888888"/>
+                  </w:rPr>
+                  <w:t>— Select —</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="01CD6CA2" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40CD3E45" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Word Count</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="666666"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  main body only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDAB87C" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="wordCount"/>
+                <w:tag w:val="wordCount"/>
+                <w:id w:val="1920674023"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. 7,450</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="0DE4283E" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020752F" w14:paraId="31CEA97F" w14:textId="77777777" w:rsidTr="0020752F">
+      <w:tr w:rsidR="00D54510" w14:paraId="7BEABDDF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C2AD233" w14:textId="33DF748F" w:rsidR="0020752F" w:rsidRPr="0020752F" w:rsidRDefault="0020752F" w:rsidP="0020752F">
+          <w:p w14:paraId="6A439ED2" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Number of Tables</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F30D31A" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0020752F">
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="tableCount"/>
+                <w:tag w:val="tableCount"/>
+                <w:id w:val="2024050449"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. 3</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="4F1F6D1A" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03A9646D" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Special Issue Info: </w:t>
+              <w:t>Number of Figures</w:t>
             </w:r>
-            <w:r w:rsidRPr="0020752F">
-              <w:t>(</w:t>
+          </w:p>
+          <w:p w14:paraId="147E653E" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="figureCount"/>
+                <w:tag w:val="figureCount"/>
+                <w:id w:val="-406765164"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. 2</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="4FFEC57A" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="77830B12" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="1A1A2E"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="C0392B"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  3–7 terms, semicolons; not already in the title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794CA380" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:color w:val="999999"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="keywords"/>
+          <w:tag w:val="keywords"/>
+          <w:id w:val="373897617"/>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="008C2BBB">
+            <w:rPr>
+              <w:color w:val="999999"/>
+            </w:rPr>
+            <w:t>e.g. teacher education; professional development; mixed methods</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="0C297058" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CC7A9C6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:spacing w:before="280" w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>02   AUTHOR INFORMATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C8E78D" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="40"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9613"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="570F8941" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="5C4DB1"/>
+              <w:left w:val="single" w:sz="16" w:space="0" w:color="5C4DB1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="5C4DB1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7067BECC" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List all authors in publication order. Author 1 is the corresponding author. All authors must provide a valid ORCID </w:t>
             </w:r>
-            <w:r w:rsidRPr="0020752F">
-              <w:t xml:space="preserve">If you are submitting your </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>iD</w:t>
             </w:r>
-            <w:r w:rsidRPr="0020752F">
-              <w:t>manuscript</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and declare </w:t>
             </w:r>
-            <w:r w:rsidRPr="0020752F">
-              <w:t xml:space="preserve"> for a special issue, please indicate its name</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CRediT</w:t>
             </w:r>
-            <w:r w:rsidRPr="0020752F">
-              <w:t>).</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contribution roles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0020752F" w14:paraId="1A6981E6" w14:textId="77777777" w:rsidTr="00C84898">
+    </w:tbl>
+    <w:p w14:paraId="0A1157CF" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="183622BC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="140" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="140" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75ECD9B9" w14:textId="77777777" w:rsidR="0020752F" w:rsidRDefault="0020752F" w:rsidP="00C94B5C">
+          <w:p w14:paraId="566267D4" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Author 1 — Corresponding Author</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54510" w14:paraId="6187DE38" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="120" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="120" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9318" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4659"/>
+              <w:gridCol w:w="4659"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00D54510" w14:paraId="62E18B14" w14:textId="77777777">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4659" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="0" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="6FDF3D4B" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="40"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Full Name</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="C0392B"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="623F4C85" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                    <w:rPr>
+                      <w:color w:val="999999"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:alias w:val="a1Name"/>
+                      <w:tag w:val="a1Name"/>
+                      <w:id w:val="-1094772855"/>
+                      <w:showingPlcHdr/>
+                      <w:text/>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="008C2BBB">
+                        <w:rPr>
+                          <w:color w:val="999999"/>
+                        </w:rPr>
+                        <w:t>First name Last name</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+                <w:p w14:paraId="31678846" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4659" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="0" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="6BE3A5DE" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="40"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Academic Title</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="175F1795" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                    <w:rPr>
+                      <w:color w:val="888888"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:alias w:val="a1Title"/>
+                      <w:tag w:val="a1Title"/>
+                      <w:id w:val="714697860"/>
+                      <w:dropDownList>
+                        <w:listItem w:displayText="— Select —" w:value=""/>
+                        <w:listItem w:displayText="Prof. Dr." w:value="Prof. Dr."/>
+                        <w:listItem w:displayText="Assoc. Prof. Dr." w:value="Assoc. Prof. Dr."/>
+                        <w:listItem w:displayText="Asst. Prof. Dr." w:value="Asst. Prof. Dr."/>
+                        <w:listItem w:displayText="Dr." w:value="Dr."/>
+                        <w:listItem w:displayText="PhD Candidate" w:value="PhD Candidate"/>
+                        <w:listItem w:displayText="Research Assistant" w:value="Research Assistant"/>
+                        <w:listItem w:displayText="Other" w:value="Other"/>
+                      </w:dropDownList>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="008C2BBB">
+                        <w:rPr>
+                          <w:color w:val="888888"/>
+                        </w:rPr>
+                        <w:t>— Select —</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+                <w:p w14:paraId="36187231" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="01A170D6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Department &amp; Faculty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29726ACE" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="a1Dept"/>
+                <w:tag w:val="a1Dept"/>
+                <w:id w:val="1843746082"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. Department of Educational Sciences, Faculty of Education</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="257828FF" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DC97A8C" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>University / Institution &amp; Country</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="056EF5A9" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="a1Univ"/>
+                <w:tag w:val="a1Univ"/>
+                <w:id w:val="1223863589"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. Ordu University, Ordu, Türkiye</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="0CD31759" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9318" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4659"/>
+              <w:gridCol w:w="4659"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00D54510" w14:paraId="3AF8C86C" w14:textId="77777777">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4659" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="0" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="19335CFB" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="40"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>E-mail Address</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="C0392B"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6282C862" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                    <w:rPr>
+                      <w:color w:val="999999"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:alias w:val="a1Email"/>
+                      <w:tag w:val="a1Email"/>
+                      <w:id w:val="-1136172247"/>
+                      <w:showingPlcHdr/>
+                      <w:text/>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="008C2BBB">
+                        <w:rPr>
+                          <w:color w:val="999999"/>
+                        </w:rPr>
+                        <w:t>author@institution.edu</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+                <w:p w14:paraId="4E4E4CD4" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4659" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="0" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="2CE62E7E" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="40"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ORCID </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>iD</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="C0392B"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="15926A92" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                    <w:rPr>
+                      <w:color w:val="999999"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:alias w:val="a1ORCID"/>
+                      <w:tag w:val="a1ORCID"/>
+                      <w:id w:val="-2099622938"/>
+                      <w:showingPlcHdr/>
+                      <w:text/>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="008C2BBB">
+                        <w:rPr>
+                          <w:color w:val="999999"/>
+                        </w:rPr>
+                        <w:t>0000-0000-0000-0000</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+                <w:p w14:paraId="2D0F31DD" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="752DA89B" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="100" w:after="60"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CRediT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Contribution Roles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (check all that apply)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73AA262F" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="100"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conceptualization   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Methodology   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Software   </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Validation   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formal Analysis   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Investigation   </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resources   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data Curation   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Writing – Original Draft   </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Writing – Review &amp; Editing   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visualization   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supervision   </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Project Administration   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Funding Acquisition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="34650201" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9638"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="110C0943" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="5C4DB1"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="140" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="140" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="220ABD47" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Author 2 — Co-Author  (duplicate block for each additional author)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54510" w14:paraId="51D5DA41" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="120" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="120" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9318" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4659"/>
+              <w:gridCol w:w="4659"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00D54510" w14:paraId="52DA8CD6" w14:textId="77777777">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4659" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="0" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="15CC1939" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="40"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Full Name</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="C0392B"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="51F056EE" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                    <w:rPr>
+                      <w:color w:val="999999"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:alias w:val="a2Name"/>
+                      <w:tag w:val="a2Name"/>
+                      <w:id w:val="329107007"/>
+                      <w:showingPlcHdr/>
+                      <w:text/>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="008C2BBB">
+                        <w:rPr>
+                          <w:color w:val="999999"/>
+                        </w:rPr>
+                        <w:t>First name Last name</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+                <w:p w14:paraId="0C43BD49" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4659" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="0" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="1DC13E50" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="40"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Academic Title</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="19803DA9" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                    <w:rPr>
+                      <w:color w:val="888888"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:alias w:val="a2Title"/>
+                      <w:tag w:val="a2Title"/>
+                      <w:id w:val="-1254897875"/>
+                      <w:dropDownList>
+                        <w:listItem w:displayText="— Select —" w:value=""/>
+                        <w:listItem w:displayText="Prof. Dr." w:value="Prof. Dr."/>
+                        <w:listItem w:displayText="Assoc. Prof. Dr." w:value="Assoc. Prof. Dr."/>
+                        <w:listItem w:displayText="Asst. Prof. Dr." w:value="Asst. Prof. Dr."/>
+                        <w:listItem w:displayText="Dr." w:value="Dr."/>
+                        <w:listItem w:displayText="PhD Candidate" w:value="PhD Candidate"/>
+                        <w:listItem w:displayText="Research Assistant" w:value="Research Assistant"/>
+                        <w:listItem w:displayText="Other" w:value="Other"/>
+                      </w:dropDownList>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="008C2BBB">
+                        <w:rPr>
+                          <w:color w:val="888888"/>
+                        </w:rPr>
+                        <w:t>— Select —</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+                <w:p w14:paraId="67CA3184" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="2559DF8F" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Department &amp; Faculty</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E2476C" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="a2Dept"/>
+                <w:tag w:val="a2Dept"/>
+                <w:id w:val="-2130615084"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. Department of Educational Sciences, Faculty of Education</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="1ADA9EE0" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="500DCA65" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>University / Institution &amp; Country</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C1A686C" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="a2Univ"/>
+                <w:tag w:val="a2Univ"/>
+                <w:id w:val="2049021822"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. Ordu University, Ordu, Türkiye</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="5C24C801" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9318" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="4659"/>
+              <w:gridCol w:w="4659"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00D54510" w14:paraId="5F945523" w14:textId="77777777">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4659" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="0" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="0A19C73A" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="40"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>E-mail Address</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="C0392B"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="19FCAF06" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                    <w:rPr>
+                      <w:color w:val="999999"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:alias w:val="a2Email"/>
+                      <w:tag w:val="a2Email"/>
+                      <w:id w:val="403103077"/>
+                      <w:showingPlcHdr/>
+                      <w:text/>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="008C2BBB">
+                        <w:rPr>
+                          <w:color w:val="999999"/>
+                        </w:rPr>
+                        <w:t>author@institution.edu</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+                <w:p w14:paraId="0DD34071" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4659" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="0" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="100" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="7C5BD88F" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+                  <w:pPr>
+                    <w:spacing w:before="120" w:after="40"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ORCID </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="1A1A2E"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>iD</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:color w:val="C0392B"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>*</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6A8FD7EA" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                    <w:rPr>
+                      <w:color w:val="999999"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:alias w:val="a2ORCID"/>
+                      <w:tag w:val="a2ORCID"/>
+                      <w:id w:val="-872531868"/>
+                      <w:showingPlcHdr/>
+                      <w:text/>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="008C2BBB">
+                        <w:rPr>
+                          <w:color w:val="999999"/>
+                        </w:rPr>
+                        <w:t>0000-0000-0000-0000</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+                <w:p w14:paraId="2B5B107D" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+                  <w:pPr>
+                    <w:pBdr>
+                      <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                      <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                    </w:pBdr>
+                    <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+                    <w:spacing w:after="80"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="589315BA" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="100" w:after="60"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CRediT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Contribution Roles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (check all that apply)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB55DA2" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="100"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conceptualization   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Methodology   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Software   </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Validation   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formal Analysis   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Investigation   </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resources   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data Curation   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Writing – Original Draft   </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Writing – Review &amp; Editing   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visualization   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supervision   </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Project Administration   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="5C4DB1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">☐ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Funding Acquisition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1422D79E" w14:textId="1F5B3E05" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:spacing w:before="280" w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>03   ETHICS C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04EB9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>OMMI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>TTEE APPROVAL</w:t>
+      </w:r>
+      <w:r w:rsidR="00533D63">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00533D63" w:rsidRPr="00A04EB9">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04EB9" w:rsidRPr="00A04EB9">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>If applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04EB9" w:rsidRPr="00A04EB9">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B6805F" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="40"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9613"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="52310130" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="F0A500"/>
+              <w:left w:val="single" w:sz="16" w:space="0" w:color="F0A500"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F0A500"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="F0A500"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF8E6"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F678A49" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Required for all studies involving human participants. Provide full details here. In the Blind Manuscript, use "XXX Ethics Committee" to preserve anonymity.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D077324" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="2B1A9615" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="61D90AB6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ethics Committee Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E7CD1C4" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="ethicsName"/>
+                <w:tag w:val="ethicsName"/>
+                <w:id w:val="-1326591908"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. Ordu University Ethics Committee</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="75882A63" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03CEFE2C" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Approval Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F9882B" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="ethicsDate"/>
+                <w:tag w:val="ethicsDate"/>
+                <w:id w:val="-1195296653"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>DD/MM/YYYY</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="1DE9BD94" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="54228115" w14:textId="77777777" w:rsidTr="00C84898">
+      <w:tr w:rsidR="00D54510" w14:paraId="74736057" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A4C25C4" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="35FC69C3" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Approval / Decision Number</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F723848" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C97018">
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="ethicsNo"/>
+                <w:tag w:val="ethicsNo"/>
+                <w:id w:val="-718051306"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>e.g. 2024/12-B</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="4BE5DED9" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4CA3099E" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Authors</w:t>
+              <w:t>Informed Consent</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6611CE41" w14:textId="0651BA28" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="25B4C39F" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="888888"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C97018">
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="informedConsent"/>
+                <w:tag w:val="informedConsent"/>
+                <w:id w:val="1591283832"/>
+                <w:dropDownList>
+                  <w:listItem w:displayText="— Select —" w:value=""/>
+                  <w:listItem w:displayText="Yes — written consent obtained" w:value="Yes — written consent obtained"/>
+                  <w:listItem w:displayText="Yes — verbal consent obtained" w:value="Yes — verbal consent obtained"/>
+                  <w:listItem w:displayText="Not applicable (secondary data / document analysis)" w:value="Not applicable (secondary data / document analysis)"/>
+                  <w:listItem w:displayText="Not applicable (exempt study)" w:value="Not applicable (exempt study)"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="888888"/>
+                  </w:rPr>
+                  <w:t>— Select —</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="22C180B5" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0943D97A" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:spacing w:before="280" w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>04   DECLARATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFAD825" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="40"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9613"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="1C11A255" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="5C4DB1"/>
+              <w:left w:val="single" w:sz="16" w:space="0" w:color="5C4DB1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5C4DB1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="5C4DB1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5442A71B" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:i/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provide all author information in accordance with the formats below. Indicate the corresponding author and equal contribution statements using the symbols specified under the </w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> section of the Author Guidelines.</w:t>
+              <w:t>All declarations are mandatory. If a declaration does not apply, use the standard "none" statement as provided.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="1947804F" w14:textId="77777777" w:rsidTr="00C84898">
+    </w:tbl>
+    <w:p w14:paraId="6B8D6374" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4814"/>
+        <w:gridCol w:w="4814"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="2FE79B2D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="3B2A7A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="3B2A7A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="3B2A7A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="3B2A7A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4ABEEAEE" w14:textId="4B236008" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C97018">
+          <w:p w14:paraId="2A2D4B68" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">E.g.: </w:t>
+              <w:t>Declaration</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C97018">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="3B2A7A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="3B2A7A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="3B2A7A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="3B2A7A"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="3B2A7A"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26B2AEC6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Jane Doe</w:t>
-[...52 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>Statement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="3B95C114" w14:textId="77777777" w:rsidTr="00C84898">
+      <w:tr w:rsidR="00D54510" w14:paraId="08E2E805" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="671213FD" w14:textId="1C56C219" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C97018">
+          <w:p w14:paraId="6338DE7E" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-                <w:lang w:val="en-US"/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Affiliation: </w:t>
+              <w:t>Conflict of Interest</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="209EA10B" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39B8CA0F" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="17BC7D1D" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="ListeParagraf"/>
-[...6 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
+                <w:color w:val="999999"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C97018">
-[...7 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="conflictOfInterest"/>
+                <w:tag w:val="conflictOfInterest"/>
+                <w:id w:val="430014265"/>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>The authors declare that they have no conflict of interest to disclose.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="012C656A" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
-[...78 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="3518863F" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="704073B8" w14:textId="77777777" w:rsidTr="00C84898">
+      <w:tr w:rsidR="00D54510" w14:paraId="51D89943" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="352BE6C2" w14:textId="2B077BEC" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
-[...392 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="03EBC616" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...64 lines deleted...]
-                <w:color w:val="222222"/>
+                <w:color w:val="3B2A7A"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...425 lines deleted...]
-                <w:bCs/>
               </w:rPr>
               <w:t>Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="4C5D1622" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="640F553F" w14:textId="3D369BE3" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="071AEB4C" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="999999"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C97018">
-[...7 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="funding"/>
+                <w:tag w:val="funding"/>
+                <w:id w:val="440271590"/>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>This research received no specific grant from any funding agency in the public, commercial, or not-for-profit sectors.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
-          <w:p w14:paraId="3B464EB8" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
-[...33 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2EC18A04" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54510" w14:paraId="4C69B43A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D7C890F" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:b/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Science Institute], grant number: [ABC-12345].</w:t>
+              <w:t>Data Availability</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00C84898" w14:paraId="0AFF03DF" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29B7CB4D" w14:textId="5004F405" w:rsidR="00C84898" w:rsidRPr="00C97018" w:rsidRDefault="00C84898" w:rsidP="00C94B5C">
+          <w:p w14:paraId="2DA30FF8" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="999999"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C84898">
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="dataAvailability"/>
+                <w:tag w:val="dataAvailability"/>
+                <w:id w:val="2060119755"/>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>The data that support the findings of this study are available upon request from the corresponding author.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="63A858F6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54510" w14:paraId="3D5309C4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E33ED44" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Presented, Pre-print, or Published as an abstract or as a thesis</w:t>
+              <w:t>Author Contributions</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="2791EB79" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7337324F" w14:textId="7902C47A" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="7921F529" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C97018">
-[...7 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="authorContrib"/>
+                <w:tag w:val="authorContrib"/>
+                <w:id w:val="1077170631"/>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>Author 1: Conceptualization, Methodology, Writing – Original Draft. Author 2: Formal Analysis, Visualization.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
+          <w:p w14:paraId="26C70D39" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C84898" w14:paraId="2C7E3BE0" w14:textId="77777777" w:rsidTr="00C84898">
+      <w:tr w:rsidR="00D54510" w14:paraId="63B4A894" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A222F53" w14:textId="449314E7" w:rsidR="00C84898" w:rsidRPr="00C97018" w:rsidRDefault="00C84898" w:rsidP="00C94B5C">
-[...10 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="35AA77AD" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Acknowledgements</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="3241B847" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="720483D0" w14:textId="234A1253" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="67BDE8A9" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="999999"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C97018">
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="acknowledgements"/>
+                <w:tag w:val="acknowledgements"/>
+                <w:id w:val="-1866211027"/>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>The authors wish to thank... (or: Not applicable)</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="7B9379CD" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54510" w14:paraId="3D69CF0C" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24B42064" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:b/>
+                <w:color w:val="3B2A7A"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Acknowledgments should be extended to those individuals or institutions whose contributions to the study were limited or minimal.</w:t>
+              <w:t>Prior Publication</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00C84898" w14:paraId="4EB0C704" w14:textId="77777777" w:rsidTr="00C84898">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="B6B3D7"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EDE9F8"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="120" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="120" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15D95C25" w14:textId="34251CCA" w:rsidR="00C84898" w:rsidRPr="00C97018" w:rsidRDefault="00C84898" w:rsidP="00C94B5C">
+          <w:p w14:paraId="2D4B6203" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="999999"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C84898">
-[...5 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="priorPub"/>
+                <w:tag w:val="priorPub"/>
+                <w:id w:val="-602106664"/>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>This manuscript has not been previously published and does not substantially overlap with any previously published work.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
+          <w:p w14:paraId="3FFBE415" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C94B5C" w14:paraId="7021A2EA" w14:textId="77777777" w:rsidTr="00C84898">
+    </w:tbl>
+    <w:p w14:paraId="1F38DBE6" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:spacing w:before="280" w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>05   GENERATIVE AI DISCLOSURE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6358C68B" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="40"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9613"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="3BBD98E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="F0A500"/>
+              <w:left w:val="single" w:sz="16" w:space="0" w:color="F0A500"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F0A500"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="F0A500"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF8E6"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="160" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="160" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78F1D267" w14:textId="1CD41312" w:rsidR="00C94B5C" w:rsidRPr="00C97018" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+          <w:p w14:paraId="5FC5A0FB" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
             <w:pPr>
-              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C97018">
-[...7 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:i/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> we used [INDICATE NAME TOOL / SERVICE] on [INDICATE DATE(S)] in order to [EXPLAIN REASON]. After using this tool/service, we reviewed and edited the content as needed and take full responsibility for the content of the publication.</w:t>
+              <w:t>Required — COPE AI Policy. Check the appropriate option and provide details if AI tools were used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="433174ED" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRPr="00C94B5C" w:rsidRDefault="00C94B5C" w:rsidP="00C94B5C">
+    <w:p w14:paraId="739F6F9E" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
       <w:pPr>
-        <w:spacing w:after="360"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="60"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4689E5DA" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1A1A2E"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No generative AI tools were used in the preparation of this manuscript.   </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1A1A2E"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Generative AI tool(s) were used (provide details below).   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3343B3F0" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="1A1A2E"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>AI Tool Details (if used)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Tool name &amp; version · Manufacturer · Date(s) · Purpose · Sections affected</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475ACC90" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:color w:val="999999"/>
         </w:rPr>
       </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="aiDetails"/>
+          <w:tag w:val="aiDetails"/>
+          <w:id w:val="2114699835"/>
+          <w:showingPlcHdr/>
+          <w:text w:multiLine="1"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="008C2BBB">
+            <w:rPr>
+              <w:color w:val="999999"/>
+            </w:rPr>
+            <w:t>e.g. ChatGPT (GPT-4o, OpenAI, April 2025) — used for language editing of the Discussion section.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="2AF6A5C1" w14:textId="77777777" w:rsidR="00C94B5C" w:rsidRDefault="00C94B5C"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:p w14:paraId="01668A01" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55C90C19" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:spacing w:before="280" w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="5C4DB1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>06   SUBMISSION DETAILS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE1FCB8" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="40"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="461F809A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24A8D16C" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Date of Submission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C0392B"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B76E702" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="999999"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="submissionDate"/>
+                <w:tag w:val="submissionDate"/>
+                <w:id w:val="-1180036549"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="999999"/>
+                  </w:rPr>
+                  <w:t>DD/MM/YYYY</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="1B894292" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BCBA4D7" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="1A1A2E"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Manuscript Version</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E7FC916" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+              <w:rPr>
+                <w:color w:val="888888"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:alias w:val="msVersion"/>
+                <w:tag w:val="msVersion"/>
+                <w:id w:val="-1117756901"/>
+                <w:dropDownList>
+                  <w:listItem w:displayText="— Select —" w:value=""/>
+                  <w:listItem w:displayText="Original Submission" w:value="Original Submission"/>
+                  <w:listItem w:displayText="Revised Submission (1st revision)" w:value="Revised Submission (1st revision)"/>
+                  <w:listItem w:displayText="Revised Submission (2nd revision)" w:value="Revised Submission (2nd revision)"/>
+                  <w:listItem w:displayText="Final Accepted Version" w:value="Final Accepted Version"/>
+                </w:dropDownList>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008C2BBB">
+                  <w:rPr>
+                    <w:color w:val="888888"/>
+                  </w:rPr>
+                  <w:t>— Select —</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="175229EF" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F7FE"/>
+              <w:spacing w:after="80"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4195786D" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="FFFFFF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D54510" w14:paraId="21A950CE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="200" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E39B754" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="1A1A2E"/>
+              </w:pBdr>
+              <w:spacing w:before="300" w:after="60"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="273AE12B" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Signature of Corresponding Author</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18DCE552" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="1A1A2E"/>
+              </w:pBdr>
+              <w:spacing w:before="300" w:after="60"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D564531" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="666666"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="778DA6CE" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="00D54510">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="104520FA" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="D8D1F2"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="40"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Pedagogical Perspective (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>PedPer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>)  ·  Open Access  ·  Double-Blind Peer Review  ·  No APC  ·  CC BY 4.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="470EDF47" w14:textId="77777777" w:rsidR="00D54510" w:rsidRDefault="008C2BBB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>pedagogicalperspective.com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ·  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>editor@pedagogicalperspective.com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="666666"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ·  Ordu University, Faculty of Education, Ordu, Türkiye</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D54510" w:rsidSect="00034616">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
-[...1 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...122 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10D1590E"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C310EC42"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...71 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20517983"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E4089024"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
-      </w:pPr>
-[...61 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="49365E33"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="041F000F">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FB12693A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListeNumaras3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="38441652"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListeNumaras2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="171AC3A4"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F3EAFDEC"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListeMaddemi3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3D1EFFD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListeMaddemi2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D0A62B40"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:pStyle w:val="ListeNumaras"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...44 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="165484169">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="29761A62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListeMaddemi"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="803962349">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="690104249">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="622544751">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1653873079">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1293294779">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1561479575">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="836771132">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1488474292">
+  <w:num w:numId="8" w16cid:durableId="557084813">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="821313983">
+  <w:num w:numId="9" w16cid:durableId="265963134">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+  <w:zoom w:percent="198"/>
+  <w:proofState w:spelling="clean"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C94B5C"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsidRoot w:val="00B47730"/>
+    <w:rsid w:val="00034616"/>
+    <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="00267461"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="00533D63"/>
+    <w:rsid w:val="008C2BBB"/>
+    <w:rsid w:val="00A04EB9"/>
+    <w:rsid w:val="00A558DF"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00D54510"/>
+    <w:rsid w:val="00F209F5"/>
+    <w:rsid w:val="00FB300D"/>
+    <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="tr-TR"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="28DB587D"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{425DE895-93A9-4A41-839D-208800A40370}"/>
+  <w14:docId w14:val="66379A10"/>
+  <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{B9ADDE75-B919-44C5-A6D0-4C8B9285501B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2270,51 +4613,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2383,59 +4726,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -2496,1022 +4830,11427 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AralkYok">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
     <w:name w:val="Başlık 1 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
     <w:name w:val="Başlık 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
     <w:name w:val="Başlık 3 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Balk3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...80 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KonuBal">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="KonuBalChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:spacing w:val="-10"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="56"/>
-      <w:szCs w:val="56"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KonuBalChar">
     <w:name w:val="Konu Başlığı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="KonuBal"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:spacing w:val="-10"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="56"/>
-      <w:szCs w:val="56"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Altyaz">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AltyazChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AltyazChar">
     <w:name w:val="Altyazı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Altyaz"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="GvdeMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetniChar">
+    <w:name w:val="Gövde Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="GvdeMetni2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetni2Char">
+    <w:name w:val="Gövde Metni 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="GvdeMetni3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GvdeMetni3Char">
+    <w:name w:val="Gövde Metni 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="GvdeMetni3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeMaddemi">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeMaddemi2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeMaddemi3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeNumaras">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeNumaras2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeNumaras3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeDevam">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeDevam2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeDevam3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MakroMetni">
+    <w:name w:val="macro"/>
+    <w:link w:val="MakroMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+        <w:tab w:val="left" w:pos="1152"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="2304"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="4032"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MakroMetniChar">
+    <w:name w:val="Makro Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="MakroMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alnt">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="AlntChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AlntChar">
     <w:name w:val="Alıntı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="Alnt"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk5Char">
+    <w:name w:val="Başlık 5 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk6Char">
+    <w:name w:val="Başlık 6 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk7Char">
+    <w:name w:val="Başlık 7 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListeParagraf">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk8Char">
+    <w:name w:val="Başlık 8 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk9Char">
+    <w:name w:val="Başlık 9 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ResimYazs">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Intense Emphasis"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:uiPriority w:val="21"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="GlAlnt">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="GlAlntChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
-      <w:spacing w:before="360" w:after="360"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="936" w:right="936"/>
     </w:pPr>
     <w:rPr>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
     <w:name w:val="Güçlü Alıntı Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="GlAlnt"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HafifVurgulama">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="GlVurgulama">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HafifBavuru">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="GlBavuru">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="KitapBal">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TBal">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Balk1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C94B5C"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
-[...16 lines deleted...]
-    <w:rsid w:val="00C94B5C"/>
+  <w:style w:type="table" w:styleId="AkGlgeleme">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00C94B5C"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
     </w:rPr>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="00C94B5C"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00C94B5C"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu2">
+    <w:name w:val="Light Shading Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu5">
+    <w:name w:val="Light Shading Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkGlgeleme-Vurgu6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe">
+    <w:name w:val="Light List"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu3">
+    <w:name w:val="Light List Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu4">
+    <w:name w:val="Light List Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkListe-Vurgu6">
+    <w:name w:val="Light List Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz">
+    <w:name w:val="Light Grid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu1">
+    <w:name w:val="Light Grid Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu2">
+    <w:name w:val="Light Grid Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu3">
+    <w:name w:val="Light Grid Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu4">
+    <w:name w:val="Light Grid Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="AkKlavuz-Vurgu6">
+    <w:name w:val="Light Grid Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1">
+    <w:name w:val="Medium Shading 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu2">
+    <w:name w:val="Medium Shading 1 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu3">
+    <w:name w:val="Medium Shading 1 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme1-Vurgu6">
+    <w:name w:val="Medium Shading 1 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2">
+    <w:name w:val="Medium Shading 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu1">
+    <w:name w:val="Medium Shading 2 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu2">
+    <w:name w:val="Medium Shading 2 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu4">
+    <w:name w:val="Medium Shading 2 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaGlgeleme2-Vurgu6">
+    <w:name w:val="Medium Shading 2 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1">
+    <w:name w:val="Medium List 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu2">
+    <w:name w:val="Medium List 1 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu3">
+    <w:name w:val="Medium List 1 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu4">
+    <w:name w:val="Medium List 1 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu5">
+    <w:name w:val="Medium List 1 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe1-Vurgu6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2">
+    <w:name w:val="Medium List 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaList2-Vurgu1">
+    <w:name w:val="Medium List 2 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu2">
+    <w:name w:val="Medium List 2 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu3">
+    <w:name w:val="Medium List 2 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu4">
+    <w:name w:val="Medium List 2 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu5">
+    <w:name w:val="Medium List 2 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaListe2-Vurgu6">
+    <w:name w:val="Medium List 2 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1">
+    <w:name w:val="Medium Grid 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu1">
+    <w:name w:val="Medium Grid 1 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu2">
+    <w:name w:val="Medium Grid 1 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu3">
+    <w:name w:val="Medium Grid 1 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu4">
+    <w:name w:val="Medium Grid 1 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu5">
+    <w:name w:val="Medium Grid 1 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz1-Vurgu6">
+    <w:name w:val="Medium Grid 1 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2">
+    <w:name w:val="Medium Grid 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu1">
+    <w:name w:val="Medium Grid 2 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu2">
+    <w:name w:val="Medium Grid 2 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu3">
+    <w:name w:val="Medium Grid 2 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu4">
+    <w:name w:val="Medium Grid 2 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu5">
+    <w:name w:val="Medium Grid 2 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz2-Vurgu6">
+    <w:name w:val="Medium Grid 2 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3">
+    <w:name w:val="Medium Grid 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu2">
+    <w:name w:val="Medium Grid 3 Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu3">
+    <w:name w:val="Medium Grid 3 Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu4">
+    <w:name w:val="Medium Grid 3 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu5">
+    <w:name w:val="Medium Grid 3 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="OrtaKlavuz3-Vurgu6">
+    <w:name w:val="Medium Grid 3 Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe">
+    <w:name w:val="Dark List"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu1">
+    <w:name w:val="Dark List Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="243F60" w:themeFill="accent1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu2">
+    <w:name w:val="Dark List Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="622423" w:themeFill="accent2" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu3">
+    <w:name w:val="Dark List Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4E6128" w:themeFill="accent3" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu4">
+    <w:name w:val="Dark List Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3F3151" w:themeFill="accent4" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu5">
+    <w:name w:val="Dark List Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="205867" w:themeFill="accent5" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KoyuListe-Vurgu6">
+    <w:name w:val="Dark List Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="974706" w:themeFill="accent6" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme">
+    <w:name w:val="Colorful Shading"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="2C4C74" w:themeColor="accent1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu2">
+    <w:name w:val="Colorful Shading Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="772C2A" w:themeColor="accent2" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu3">
+    <w:name w:val="Colorful Shading Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5E7530" w:themeColor="accent3" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu4">
+    <w:name w:val="Colorful Shading Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4C3B62" w:themeColor="accent4" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu5">
+    <w:name w:val="Colorful Shading Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="276A7C" w:themeColor="accent5" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliGlgeleme-Vurgu6">
+    <w:name w:val="Colorful Shading Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B65608" w:themeColor="accent6" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe">
+    <w:name w:val="Colorful List"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu1">
+    <w:name w:val="Colorful List Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu2">
+    <w:name w:val="Colorful List Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu3">
+    <w:name w:val="Colorful List Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="664E82" w:themeFill="accent4" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="664E82" w:themeColor="accent4" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu4">
+    <w:name w:val="Colorful List Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7E9C40" w:themeFill="accent3" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="7E9C40" w:themeColor="accent3" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu5">
+    <w:name w:val="Colorful List Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2730A" w:themeFill="accent6" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="F2730A" w:themeColor="accent6" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliListe-Vurgu6">
+    <w:name w:val="Colorful List Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="348DA5" w:themeFill="accent5" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="348DA5" w:themeColor="accent5" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz">
+    <w:name w:val="Colorful Grid"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu1">
+    <w:name w:val="Colorful Grid Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu2">
+    <w:name w:val="Colorful Grid Accent 2"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu3">
+    <w:name w:val="Colorful Grid Accent 3"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu4">
+    <w:name w:val="Colorful Grid Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu5">
+    <w:name w:val="Colorful Grid Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="RenkliKlavuz-Vurgu6">
+    <w:name w:val="Colorful Grid Accent 6"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://educationandscience.ted.org.tr/authorGuidelines" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3354</Characters>
+  <Pages>4</Pages>
+  <Words>633</Words>
+  <Characters>3776</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>179</Lines>
+  <Paragraphs>116</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3883</CharactersWithSpaces>
+  <CharactersWithSpaces>4293</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Erhan YAYLAK</dc:creator>
+  <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
-  <dc:description/>
+  <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>